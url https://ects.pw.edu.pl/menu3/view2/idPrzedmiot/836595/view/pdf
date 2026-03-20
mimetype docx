--- v0 (2025-10-31)
+++ v1 (2026-03-20)
@@ -845,51 +845,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin 60%, projekt 40%</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U18, IS_U16, IS_U14, IS_U13, IS_U12, IS_U10, IS_U09</w:t>
+        <w:t xml:space="preserve">IS_U10, IS_U09, IS_U18, IS_U16, IS_U14, IS_U13, IS_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>