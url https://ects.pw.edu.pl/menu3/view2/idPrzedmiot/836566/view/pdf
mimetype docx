--- v0 (2025-10-30)
+++ v1 (2025-12-26)
@@ -1039,51 +1039,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">odpowiedź ustna podczas zajęć</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U16, IS_U17</w:t>
+        <w:t xml:space="preserve">IS_U17, IS_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>