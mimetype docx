--- v1 (2025-12-26)
+++ v2 (2026-03-21)
@@ -889,51 +889,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin z wykładu, sprawdzian z zajęć laboratoryjnych, przygotowanie sprawozdań z zajęć</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W11, IS_W06</w:t>
+        <w:t xml:space="preserve">IS_W06, IS_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>