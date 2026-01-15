--- v0 (2025-12-26)
+++ v1 (2026-01-15)
@@ -899,51 +899,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>