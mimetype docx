--- v1 (2026-01-15)
+++ v2 (2026-02-09)
@@ -733,67 +733,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">odpowiedź ustna na podstawie analizy wyroków</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W03, K_W05</w:t>
+        <w:t xml:space="preserve">K_W03, K_W05, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o, II.H.P7S_WG.2, II.S.P7S_WG.3</w:t>
+        <w:t xml:space="preserve">II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK, II.S.P7S_WG.3, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.X.P7S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student zna najnowsze badania poświęcone sądownictwu, potrafi analizować funkcjonowanie sądownictwa w ujęciu socjologicznym, w perspektywie Goffmanowskiej oraz uwzględniając paradox zgodności z prawem, wie jak wygląda rozprawa, umie ocenić profesjonalizm, kulturę w trakcie rozprawy, potrafi porównać obserwowane analizowane sprawy z tzw. medialnymi opisami spraw.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -963,51 +963,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wizyta w sądzie, obserwacja rozprawy/rozpraw, analiza wyroków</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K03, K_K06</w:t>
+        <w:t xml:space="preserve">K_K06, K_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>