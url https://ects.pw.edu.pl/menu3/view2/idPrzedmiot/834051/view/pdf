--- v1 (2026-02-07)
+++ v2 (2026-02-28)
@@ -836,191 +836,191 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W06, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna w sposób wyczerpujący przepisy zawarte w Ustawie z dnia 4 lutego 1994 r. o prawie autorskim i prawach pokrewnych i zna konsekwencje ich nieprzestrzegania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Aktywne uczestnictwo w seminarium (dyskusja, opracowywanie poszczególnych problemów itp.), prezentacja wyników przygotowywania poszczególnych części pracy w trakcie seminarium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna w sposób wyczerpujący pojęcia odnoszące się do praw autorskich.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Aktywne uczestnictwo w seminarium (dyskusja, opracowywanie poszczególnych problemów itp.), prezentacja wyników przygotowywania poszczególnych części pracy w trakcie seminarium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">II.S.P7S_WG.1, I.P7S_WG</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna obszernie zasady zarządzania zasobami własności intelektualnej i zasady ich wykorzystywania, w odniesieniu do aktualnego stany prawnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1181,67 +1181,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Aktywne uczestnictwo w seminarium (dyskusja, opracowywanie poszczególnych problemów itp.), prezentacja wyników przygotowywania poszczególnych części pracy w trakcie seminarium.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U05</w:t>
+        <w:t xml:space="preserve">K_U05, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, II.X.P7S_UW.2, II.H.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie w sposób pogłębiony interpretować istniejące przepisy prawa i rozumie ich konsekwencje.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1407,51 +1407,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U07, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_UW.1, I.P7S_UK, I.P7S_UO, II.S.P7S_UW.1</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UO, II.S.P7S_UW.1, II.H.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>
@@ -1611,67 +1611,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Aktywne uczestnictwo w seminarium (dyskusja, opracowywanie poszczególnych problemów itp.), prezentacja wyników przygotowywania poszczególnych części pracy w trakcie seminarium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K02, K_K04</w:t>
+        <w:t xml:space="preserve">K_K04, K_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KR, I.P7S_KK</w:t>
+        <w:t xml:space="preserve">I.P7S_KK, I.P7S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma pełną gotowość do dzielenia się swoimi opiniami i interpretacjami na rzecz rozwiązywania szerszych problemów prawnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>