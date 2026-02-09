--- v0 (2025-12-26)
+++ v1 (2026-02-09)
@@ -767,67 +767,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W trakcie zajęć studenci wykonują szereg krótkich prac pisemnych sprawdzających opanowanie podstawowej wiedzy teoretycznej. Wyniki prac pisemnych są omawiane z prowadzącym zajęcia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.1, I.P7S_WK, II.X.P7S_WG.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student posiada interdyscyplinarną wiedzę dotyczącą procesów zachodzących wewnątrz przedsiębiorstwa. W szczególności dotyczy to źródeł przewag konkurencyjnych przedsiębiorstwa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -987,67 +987,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Studenci uczą się zastosowania w praktyce zdobytej wiedzy przez rozwiązywanie praktycznych zadań (studium przypadku / case study), zawierających problem z zakresu przedsiębiorczości. Rozwiązania zadań są omawiane z prowadzącym zajęcia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.S.P7S_UW.1, II.X.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student umie podejmować decyzje i organizować pracę w zespole</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1073,51 +1073,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U06, K_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.1, I.P7S_UK, I.P7S_UO, II.S.P7S_UW.1, I.P7S_UW, II.X.P7S_UW.3.o, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi identyfikować dostępne źródła danych, korzystać z zawartej w nich wiedzy, informacji oraz danych, a także - interpretować pozyskane dane z wykorzystaniem systemów teleinformatycznych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>