--- v0 (2025-12-26)
+++ v1 (2026-02-08)
@@ -772,417 +772,417 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W01, K_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_TFPP02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">główne różnice między naukowo-szczegółowym a filozoficznym podejściem do problematyki państwa i prawa (P)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W03, K_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.1, I.P7S_WK, II.X.P7S_WG.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_TFPP03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ogólne zasady dotyczące władzy, państwa, polityki, prawa i administracji w Polsce oraz we współczesnym świecie (P)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_TFPP04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">aksjologiczne i etyczne uwarunkowania systemów prawnych i systemów ustrojowych (P)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_TFPP05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> znaczenie prawa i państwa dla jednostki społecznej i społeczeństwa (P)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W01, K_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.S.P7S_WG.3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_TFPP06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">główne fakty historyczne o procesach powstawania i kształtowania się państw oraz systemów prawnych (P)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.1, I.P7S_WK, II.X.P7S_WG.1.o</w:t>
-      </w:r>
-[...348 lines deleted...]
-        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_TFPP01: </w:t>
       </w:r>
     </w:p>