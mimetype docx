--- v0 (2025-12-26)
+++ v1 (2026-01-15)
@@ -969,51 +969,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U04, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.S.P7S_UW.1, II.X.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Na tle istniejących podziałów ustrojowo-politycznych potrafi wskazać specyficzne cechy ustroju demokratycznego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1179,51 +1179,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U04, K_U05, K_U06, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o, II.T.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, I.P7S_UK, II.X.P7S_UW.3.o, II.T.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>