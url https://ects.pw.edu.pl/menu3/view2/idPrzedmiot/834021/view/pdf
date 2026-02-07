--- v1 (2026-01-15)
+++ v2 (2026-02-07)
@@ -969,51 +969,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U04, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.X.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Na tle istniejących podziałów ustrojowo-politycznych potrafi wskazać specyficzne cechy ustroju demokratycznego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1179,51 +1179,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U04, K_U05, K_U06, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, I.P7S_UK, II.X.P7S_UW.3.o, II.T.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, I.P7S_UK, II.X.P7S_UW.3.o, II.T.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>