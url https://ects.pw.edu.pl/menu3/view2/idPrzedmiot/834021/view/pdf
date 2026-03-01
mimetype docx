--- v2 (2026-02-07)
+++ v3 (2026-03-01)
@@ -953,67 +953,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">test</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.X.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Na tle istniejących podziałów ustrojowo-politycznych potrafi wskazać specyficzne cechy ustroju demokratycznego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1039,51 +1039,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozróżnia różne typy podejść/ ujęć do ustroju demokratycznego (proceduralne, substancjalne, partycypacyjne)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1163,67 +1163,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">test</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U05, K_U06, K_U12</w:t>
+        <w:t xml:space="preserve">K_U05, K_U06, K_U12, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, I.P7S_UK, II.X.P7S_UW.3.o, II.T.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.T.P7S_UW.2, II.X.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>