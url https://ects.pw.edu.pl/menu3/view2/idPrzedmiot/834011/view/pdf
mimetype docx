--- v0 (2025-12-25)
+++ v1 (2026-01-16)
@@ -784,357 +784,357 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, czytanie omawianie studium przypadku</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W07, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W04, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.X.P6S_WG.2, I.P6S_WK, II.T.P6S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna najnowsze osiągnięcia odnoszące się to teorii ekonomii.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">czytanie zadanej literatury, studium przypadku - omawianie zagadnienia</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W04, K_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna najnowsze osiągnięcia odnoszące się to teorii ekonomii.</w:t>
+        <w:t xml:space="preserve">Student ma podstawową wiedzę ogólną z dziedziny nauk społecznych, zna podstawowe pojęcia ekonomiczne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">czytanie zadanej literatury, studium przypadku - omawianie zagadnienia</w:t>
+        <w:t xml:space="preserve">kolokwium, czytanie omawianie studium przypadku</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W07</w:t>
+        <w:t xml:space="preserve">K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma podstawową wiedzę ogólną z dziedziny nauk społecznych, zna podstawowe pojęcia ekonomiczne.</w:t>
+        <w:t xml:space="preserve">Student ma umiejętność wykorzystania narzędzi teleinformatycznych oraz telekomunikacyjnych w zakresie pozyskiwania danych ekonomicznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium, czytanie omawianie studium przypadku</w:t>
+        <w:t xml:space="preserve">rozwiązywanie zadań, test wiedzy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma umiejętność wykorzystania narzędzi teleinformatycznych oraz telekomunikacyjnych w zakresie pozyskiwania danych ekonomicznych</w:t>
+        <w:t xml:space="preserve">Student potrafi objaśnić wpływ różnych czynników na popyt oraz podaż na rynkach dóbr, pracy, kapitału.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">rozwiązywanie zadań, test wiedzy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U04, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi dokonać obserwacji i interpretacji otaczających go zjawisk ekonomicznych w odniesieniu do typu gospodarki rynkowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>