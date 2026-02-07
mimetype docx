--- v1 (2026-01-16)
+++ v2 (2026-02-07)
@@ -784,67 +784,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, czytanie omawianie studium przypadku</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W04, K_W07</w:t>
+        <w:t xml:space="preserve">K_W07, K_W01, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.X.P6S_WG.2, I.P6S_WK, II.T.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.2, II.X.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student zna najnowsze osiągnięcia odnoszące się to teorii ekonomii.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -870,51 +870,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma podstawową wiedzę ogólną z dziedziny nauk społecznych, zna podstawowe pojęcia ekonomiczne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1004,51 +1004,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">rozwiązywanie zadań, test wiedzy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U03, K_U04</w:t>
+        <w:t xml:space="preserve">K_U04, K_U01, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1090,51 +1090,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi dokonać obserwacji i interpretacji otaczających go zjawisk ekonomicznych w odniesieniu do typu gospodarki rynkowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>