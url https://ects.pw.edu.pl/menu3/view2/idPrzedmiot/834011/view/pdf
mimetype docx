--- v2 (2026-02-07)
+++ v3 (2026-02-28)
@@ -784,67 +784,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, czytanie omawianie studium przypadku</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07, K_W01, K_W04</w:t>
+        <w:t xml:space="preserve">K_W01, K_W04, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.2, II.X.P6S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.X.P6S_WG.2, I.P6S_WK, II.T.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student zna najnowsze osiągnięcia odnoszące się to teorii ekonomii.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -940,51 +940,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o</w:t>
+        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -1004,51 +1004,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">rozwiązywanie zadań, test wiedzy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U01, K_U03</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>