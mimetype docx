--- v0 (2025-12-25)
+++ v1 (2026-01-16)
@@ -784,51 +784,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi scharakteryzować różne rodzaje struktur administracji publicznej i ocenić ich wpływ na prawidłowe wykonywanie zadań administracji publicznej, podstawowe pojęcia teorii organizacji i zarządzania oraz nauki administracji, główne szkoły i kierunki rozwoju nauki administracji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -988,67 +988,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Podstawą zaliczenia przedmiotu jest aktywność na wykładach oraz uzyskanie pozytywnych ocen z testu zaliczeniowego. Wykłady kończą się testem podsumowującym, który obejmuje wiedzę z wykładów oraz zalecanej literatury</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02, K_U03</w:t>
+        <w:t xml:space="preserve">K_U03, K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie postrzegać problemy administracji publicznej w całej złożoności z uwzględnieniem uwarunkowań społeczno-gospodarczych i politycznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>