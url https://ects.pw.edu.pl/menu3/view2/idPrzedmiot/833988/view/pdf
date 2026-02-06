--- v1 (2026-01-16)
+++ v2 (2026-02-06)
@@ -784,51 +784,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi scharakteryzować różne rodzaje struktur administracji publicznej i ocenić ich wpływ na prawidłowe wykonywanie zadań administracji publicznej, podstawowe pojęcia teorii organizacji i zarządzania oraz nauki administracji, główne szkoły i kierunki rozwoju nauki administracji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -854,51 +854,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W03, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.T.P6S_WG</w:t>
+        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.T.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -988,67 +988,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Podstawą zaliczenia przedmiotu jest aktywność na wykładach oraz uzyskanie pozytywnych ocen z testu zaliczeniowego. Wykłady kończą się testem podsumowującym, który obejmuje wiedzę z wykładów oraz zalecanej literatury</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U01, K_U02</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie postrzegać problemy administracji publicznej w całej złożoności z uwzględnieniem uwarunkowań społeczno-gospodarczych i politycznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>