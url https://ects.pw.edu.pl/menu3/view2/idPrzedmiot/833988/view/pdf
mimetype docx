--- v2 (2026-02-06)
+++ v3 (2026-02-27)
@@ -838,67 +838,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Podstawą zaliczenia przedmiotu jest aktywność na wykładach oraz uzyskanie pozytywnych ocen z testu zaliczeniowego. Wykłady kończą się testem podsumowującym, który obejmuje wiedzę z wykładów oraz zalecanej literatury</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W03, K_W09</w:t>
+        <w:t xml:space="preserve">K_W03, K_W01, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.T.P6S_WG</w:t>
+        <w:t xml:space="preserve">II.H.P6S_WG/K.o, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, I.P6S_WK, II.H.P6S_WG.1.o, II.T.P6S_WG, II.S.P6S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -934,51 +934,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01, U_02, U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi interpretować teksty i przepisy prawne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>