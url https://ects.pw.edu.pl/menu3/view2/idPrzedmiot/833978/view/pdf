--- v0 (2025-12-25)
+++ v1 (2026-01-15)
@@ -776,51 +776,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
+        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W-02 POSIADA WIEDZĘ W ZAKRESIE PRZEBIEGU POSTĘPOWANIA ADMINISTRACYJNEGO, JEGO ETAPÓW I STOSOWANYCH W NIM ZASAD; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -831,67 +831,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">WYKŁAD - EGZAMIN PISEMNY;
 ĆWICZENIA - PRZYGOTOWANIE ALTERNATYWNIE DECYZJI, POSTANOWIENIA, ZAŻALENIA, ODWOŁANIA, SKARGI DO WSA.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W04</w:t>
+        <w:t xml:space="preserve">K_W04, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.X.P6S_WG.2, II.H.P6S_WG.1.o</w:t>
+        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.X.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W_03 ZNA ZADANIA, CELE I ŚRODKI DZIAŁANIA ORGANÓW ADMINISTRACJI W RAMACH POSTĘPOWANIA ADMINISTRACYJNEGO;
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -974,67 +974,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">WYKŁAD - EGZAMIN PISEMNY;
 ĆWICZENIA - PRZYGOTOWANIE ALTERNATYWNIE DECYZJI, POSTANOWIENIA, ZAŻALENIA, ODWOŁANIA, SKARGI DO WSA.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W03</w:t>
+        <w:t xml:space="preserve">K_W03, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.X.P6S_WG.2, II.H.P6S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01; : </w:t>
       </w:r>
     </w:p>
@@ -1056,51 +1056,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">WYKŁAD - EGZAMIN PISEMNY
 ĆWICZENIA - PRZYGOTOWANIE ALTERNATYWNIE DECYZJI, POSTANOWIENIA, ZAŻALENIA, ODWOŁANIA, SKARGI DO WSA.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1214,51 +1214,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi samodzielnie sporządzić poprawny projekt pisma procesowego oraz aktu administracyjnego (decyzji i postanowienia)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>