--- v1 (2026-01-15)
+++ v2 (2026-02-06)
@@ -776,51 +776,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W-02 POSIADA WIEDZĘ W ZAKRESIE PRZEBIEGU POSTĘPOWANIA ADMINISTRACYJNEGO, JEGO ETAPÓW I STOSOWANYCH W NIM ZASAD; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -831,67 +831,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">WYKŁAD - EGZAMIN PISEMNY;
 ĆWICZENIA - PRZYGOTOWANIE ALTERNATYWNIE DECYZJI, POSTANOWIENIA, ZAŻALENIA, ODWOŁANIA, SKARGI DO WSA.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W03</w:t>
+        <w:t xml:space="preserve">K_W03, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.X.P6S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.X.P6S_WG.2, II.H.P6S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W_03 ZNA ZADANIA, CELE I ŚRODKI DZIAŁANIA ORGANÓW ADMINISTRACJI W RAMACH POSTĘPOWANIA ADMINISTRACYJNEGO;
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1143,51 +1143,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U_03 POTRAFI POSŁUGIWAĆ SIĘ POZNANYMI ZASADAMI, ŚRODKAMI I INSTYTUCJAMI PRAWNYMI POSTĘPOWANIA ADMINISTRACYJNEGO PRZEWIDUJĄC SKUTKI PRAWNE ICH DZIAŁANIA I ZASTOSOWANIA.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1214,51 +1214,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi samodzielnie sporządzić poprawny projekt pisma procesowego oraz aktu administracyjnego (decyzji i postanowienia)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>