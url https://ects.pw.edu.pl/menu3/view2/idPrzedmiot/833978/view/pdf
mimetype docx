--- v2 (2026-02-06)
+++ v3 (2026-02-27)
@@ -847,51 +847,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.X.P6S_WG.2, II.H.P6S_WG.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.X.P6S_WG.2, II.H.P6S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W_03 ZNA ZADANIA, CELE I ŚRODKI DZIAŁANIA ORGANÓW ADMINISTRACJI W RAMACH POSTĘPOWANIA ADMINISTRACYJNEGO;
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -990,51 +990,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.X.P6S_WG.2, II.H.P6S_WG.1.o</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.X.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01; : </w:t>
       </w:r>
     </w:p>
@@ -1072,51 +1072,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U_02 POTRAFI WYKORZYSTAĆ POZNANE TEORIE I KONSTRUKCJE PRAWNE DO ZAPROPONOWANIA ROZWIĄZANIA KONKRETNEJ SPRAWY ADMINISTRACYJNEJ; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1143,51 +1143,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U_03 POTRAFI POSŁUGIWAĆ SIĘ POZNANYMI ZASADAMI, ŚRODKAMI I INSTYTUCJAMI PRAWNYMI POSTĘPOWANIA ADMINISTRACYJNEGO PRZEWIDUJĄC SKUTKI PRAWNE ICH DZIAŁANIA I ZASTOSOWANIA.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>