--- v0 (2025-12-25)
+++ v1 (2026-01-16)
@@ -739,87 +739,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie w formie ćwiczeń praktycznych wykonywanych przy komputerze wraz z omówieniem słownym. 2 kolokwia semestrze (studia stacjonarne), 1 kolokwium (studia niestacjonarne). Przygotowane przez prowadzącego kartki z zadaniami. Podczas zaliczenia podział na 2 grupy studentów. Możliwa dodatkowa ocena za aktywność na zajęciach laboratoryjnych. Możliwe zwolnienie z kolokwium zaliczeniowego w przypadku zdobycia właściwej liczby (3) punktów za aktywność (rozmowa, dyskusja, uwagi). W przypadku zajęć obejmujących tematykę tworzenia stron internetowych możliwe zaliczenie na podstawie realizacji własnej strony. Wariant zaliczenia ustalany na zajęciach początkowych. Warunkiem otrzymania oceny pozytywnej jest prawidłowa realizacja (opracowanie) min. 50% zadań. Oceny pozytywnie zaliczające 3 (26-30 pkt), 3.5 (31-35 pkt), 4.0 (36-40 pkt), 4.5 (41-45 pkt), 5 (46-50 pkt).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W09, K_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.T.P6S_WG, II.S.P6S_WG.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna i rozumie podstawowe zasady projektowania, praktycznego i prawidłowego wykorzystywania narzędzi programowych (aplikacji bazodanowych) służących do przetwarzania danych (I).	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie w formie ćwiczeń praktycznych wykonywanych przy komputerze wraz z omówieniem słownym. 2 kolokwia semestrze (studia stacjonarne), 1 kolokwium (studia niestacjonarne). Przygotowane przez prowadzącego kartki z zadaniami. Podczas zaliczenia podział na 2 grupy studentów. Możliwa dodatkowa ocena za aktywność na zajęciach laboratoryjnych. Możliwe zwolnienie z kolokwium zaliczeniowego w przypadku zdobycia właściwej liczby (3) punktów za aktywność (rozmowa, dyskusja, uwagi). W przypadku zajęć obejmujących tematykę tworzenia stron internetowych możliwe zaliczenie na podstawie realizacji własnej strony. Wariant zaliczenia ustalany na zajęciach początkowych. Warunkiem otrzymania oceny pozytywnej jest prawidłowa realizacja (opracowanie) min. 50% zadań. Oceny pozytywnie zaliczające 3 (26-30 pkt), 3.5 (31-35 pkt), 4.0 (36-40 pkt), 4.5 (41-45 pkt), 5 (46-50 pkt).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W10, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.T.P6S_WG, II.S.P6S_WG.1, I.P6S_WK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.1, I.P6S_WG, I.P6S_WK, II.T.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna i rozumie podstawowe zasady projektowania, praktycznego i prawidłowego wykorzystywania narzędzi programowych (aplikacji bazodanowych) służących do przetwarzania danych (I).	</w:t>
+        <w:t xml:space="preserve">Ma uporządkowaną i podbudowaną teoretycznie wiedzę ogólną obejmującą praktyczne zagadnienia projektowania aplikacji bazodanowych i z zakresu bezpiecznego ich wykorzystania (I).	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie w formie ćwiczeń praktycznych wykonywanych przy komputerze wraz z omówieniem słownym. 2 kolokwia semestrze (studia stacjonarne), 1 kolokwium (studia niestacjonarne). Przygotowane przez prowadzącego kartki z zadaniami. Podczas zaliczenia podział na 2 grupy studentów. Możliwa dodatkowa ocena za aktywność na zajęciach laboratoryjnych. Możliwe zwolnienie z kolokwium zaliczeniowego w przypadku zdobycia właściwej liczby (3) punktów za aktywność (rozmowa, dyskusja, uwagi). W przypadku zajęć obejmujących tematykę tworzenia stron internetowych możliwe zaliczenie na podstawie realizacji własnej strony. Wariant zaliczenia ustalany na zajęciach początkowych. Warunkiem otrzymania oceny pozytywnej jest prawidłowa realizacja (opracowanie) min. 50% zadań. Oceny pozytywnie zaliczające 3 (26-30 pkt), 3.5 (31-35 pkt), 4.0 (36-40 pkt), 4.5 (41-45 pkt), 5 (46-50 pkt).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -838,58 +908,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.T.P6S_WG, II.S.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma uporządkowaną i podbudowaną teoretycznie wiedzę ogólną obejmującą praktyczne zagadnienia projektowania aplikacji bazodanowych i z zakresu bezpiecznego ich wykorzystania (I).	</w:t>
+        <w:t xml:space="preserve">Ma uporządkowaną wiedzę w zakresie tworzenia mechanizmów prezentacji danych w Internecie i bezpiecznej komunikacji w sieciach komputerowych (Internet) (I).	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie w formie ćwiczeń praktycznych wykonywanych przy komputerze wraz z omówieniem słownym. 2 kolokwia semestrze (studia stacjonarne), 1 kolokwium (studia niestacjonarne). Przygotowane przez prowadzącego kartki z zadaniami. Podczas zaliczenia podział na 2 grupy studentów. Możliwa dodatkowa ocena za aktywność na zajęciach laboratoryjnych. Możliwe zwolnienie z kolokwium zaliczeniowego w przypadku zdobycia właściwej liczby (3) punktów za aktywność (rozmowa, dyskusja, uwagi). W przypadku zajęć obejmujących tematykę tworzenia stron internetowych możliwe zaliczenie na podstawie realizacji własnej strony. Wariant zaliczenia ustalany na zajęciach początkowych. Warunkiem otrzymania oceny pozytywnej jest prawidłowa realizacja (opracowanie) min. 50% zadań. Oceny pozytywnie zaliczające 3 (26-30 pkt), 3.5 (31-35 pkt), 4.0 (36-40 pkt), 4.5 (41-45 pkt), 5 (46-50 pkt).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -900,406 +970,336 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W09, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.T.P6S_WG, II.S.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma uporządkowaną wiedzę w zakresie tworzenia mechanizmów prezentacji danych w Internecie i bezpiecznej komunikacji w sieciach komputerowych (Internet) (I).	</w:t>
+        <w:t xml:space="preserve">Potrafi zaprojektować i wykorzystywać aplikacje bazodanowe zgodnie z obowiązującymi zasadami (I).	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie w formie ćwiczeń praktycznych wykonywanych przy komputerze wraz z omówieniem słownym. 2 kolokwia semestrze (studia stacjonarne), 1 kolokwium (studia niestacjonarne). Przygotowane przez prowadzącego kartki z zadaniami. Podczas zaliczenia podział na 2 grupy studentów. Możliwa dodatkowa ocena za aktywność na zajęciach laboratoryjnych. Możliwe zwolnienie z kolokwium zaliczeniowego w przypadku zdobycia właściwej liczby (3) punktów za aktywność (rozmowa, dyskusja, uwagi). W przypadku zajęć obejmujących tematykę tworzenia stron internetowych możliwe zaliczenie na podstawie realizacji własnej strony. Wariant zaliczenia ustalany na zajęciach początkowych. Warunkiem otrzymania oceny pozytywnej jest prawidłowa realizacja (opracowanie) min. 50% zadań. Oceny pozytywnie zaliczające 3 (26-30 pkt), 3.5 (31-35 pkt), 4.0 (36-40 pkt), 4.5 (41-45 pkt), 5 (46-50 pkt).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W09, K_W10</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.T.P6S_WG, II.S.P6S_WG.1</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zaprojektować i wykorzystywać aplikacje bazodanowe zgodnie z obowiązującymi zasadami (I).	</w:t>
+        <w:t xml:space="preserve">Potrafi analizować zagrożenia w sieci Internet i wie jak zabezpieczać i chronić wytwarzane informacje (I).	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie w formie ćwiczeń praktycznych wykonywanych przy komputerze wraz z omówieniem słownym. 2 kolokwia semestrze (studia stacjonarne), 1 kolokwium (studia niestacjonarne). Przygotowane przez prowadzącego kartki z zadaniami. Podczas zaliczenia podział na 2 grupy studentów. Możliwa dodatkowa ocena za aktywność na zajęciach laboratoryjnych. Możliwe zwolnienie z kolokwium zaliczeniowego w przypadku zdobycia właściwej liczby (3) punktów za aktywność (rozmowa, dyskusja, uwagi). W przypadku zajęć obejmujących tematykę tworzenia stron internetowych możliwe zaliczenie na podstawie realizacji własnej strony. Wariant zaliczenia ustalany na zajęciach początkowych. Warunkiem otrzymania oceny pozytywnej jest prawidłowa realizacja (opracowanie) min. 50% zadań. Oceny pozytywnie zaliczające 3 (26-30 pkt), 3.5 (31-35 pkt), 4.0 (36-40 pkt), 4.5 (41-45 pkt), 5 (46-50 pkt).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować problemy pojawiające się podczas projektowania mechanizmów przetwarzania i prezentacji danych oraz znajdować ich rozwiązania w oparciu o poznane metody i aplikacje (I).	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie w formie ćwiczeń praktycznych wykonywanych przy komputerze wraz z omówieniem słownym. 2 kolokwia semestrze (studia stacjonarne), 1 kolokwium (studia niestacjonarne). Przygotowane przez prowadzącego kartki z zadaniami. Podczas zaliczenia podział na 2 grupy studentów. Możliwa dodatkowa ocena za aktywność na zajęciach laboratoryjnych. Możliwe zwolnienie z kolokwium zaliczeniowego w przypadku zdobycia właściwej liczby (3) punktów za aktywność (rozmowa, dyskusja, uwagi). W przypadku zajęć obejmujących tematykę tworzenia stron internetowych możliwe zaliczenie na podstawie realizacji własnej strony. Wariant zaliczenia ustalany na zajęciach początkowych. Warunkiem otrzymania oceny pozytywnej jest prawidłowa realizacja (opracowanie) min. 50% zadań. Oceny pozytywnie zaliczające 3 (26-30 pkt), 3.5 (31-35 pkt), 4.0 (36-40 pkt), 4.5 (41-45 pkt), 5 (46-50 pkt).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność wykorzystywania zdobytej wiedzy w zakresie prezentacji danych w Internecie i ich ochrony (I).	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie w formie ćwiczeń praktycznych wykonywanych przy komputerze wraz z omówieniem słownym. 2 kolokwia semestrze (studia stacjonarne), 1 kolokwium (studia niestacjonarne). Przygotowane przez prowadzącego kartki z zadaniami. Podczas zaliczenia podział na 2 grupy studentów. Możliwa dodatkowa ocena za aktywność na zajęciach laboratoryjnych. Możliwe zwolnienie z kolokwium zaliczeniowego w przypadku zdobycia właściwej liczby (3) punktów za aktywność (rozmowa, dyskusja, uwagi). W przypadku zajęć obejmujących tematykę tworzenia stron internetowych możliwe zaliczenie na podstawie realizacji własnej strony. Wariant zaliczenia ustalany na zajęciach początkowych. Warunkiem otrzymania oceny pozytywnej jest prawidłowa realizacja (opracowanie) min. 50% zadań. Oceny pozytywnie zaliczające 3 (26-30 pkt), 3.5 (31-35 pkt), 4.0 (36-40 pkt), 4.5 (41-45 pkt), 5 (46-50 pkt).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U03, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2</w:t>
-[...209 lines deleted...]
-        <w:t xml:space="preserve">II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>