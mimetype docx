--- v1 (2026-01-16)
+++ v2 (2026-02-27)
@@ -809,67 +809,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie w formie ćwiczeń praktycznych wykonywanych przy komputerze wraz z omówieniem słownym. 2 kolokwia semestrze (studia stacjonarne), 1 kolokwium (studia niestacjonarne). Przygotowane przez prowadzącego kartki z zadaniami. Podczas zaliczenia podział na 2 grupy studentów. Możliwa dodatkowa ocena za aktywność na zajęciach laboratoryjnych. Możliwe zwolnienie z kolokwium zaliczeniowego w przypadku zdobycia właściwej liczby (3) punktów za aktywność (rozmowa, dyskusja, uwagi). W przypadku zajęć obejmujących tematykę tworzenia stron internetowych możliwe zaliczenie na podstawie realizacji własnej strony. Wariant zaliczenia ustalany na zajęciach początkowych. Warunkiem otrzymania oceny pozytywnej jest prawidłowa realizacja (opracowanie) min. 50% zadań. Oceny pozytywnie zaliczające 3 (26-30 pkt), 3.5 (31-35 pkt), 4.0 (36-40 pkt), 4.5 (41-45 pkt), 5 (46-50 pkt).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W10, K_W09</w:t>
+        <w:t xml:space="preserve">K_W09, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.1, I.P6S_WG, I.P6S_WK, II.T.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.T.P6S_WG, II.S.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma uporządkowaną i podbudowaną teoretycznie wiedzę ogólną obejmującą praktyczne zagadnienia projektowania aplikacji bazodanowych i z zakresu bezpiecznego ich wykorzystania (I).	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -895,411 +895,411 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W09, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.T.P6S_WG, I.P6S_WG, II.S.P6S_WG.1, I.P6S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma uporządkowaną wiedzę w zakresie tworzenia mechanizmów prezentacji danych w Internecie i bezpiecznej komunikacji w sieciach komputerowych (Internet) (I).	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie w formie ćwiczeń praktycznych wykonywanych przy komputerze wraz z omówieniem słownym. 2 kolokwia semestrze (studia stacjonarne), 1 kolokwium (studia niestacjonarne). Przygotowane przez prowadzącego kartki z zadaniami. Podczas zaliczenia podział na 2 grupy studentów. Możliwa dodatkowa ocena za aktywność na zajęciach laboratoryjnych. Możliwe zwolnienie z kolokwium zaliczeniowego w przypadku zdobycia właściwej liczby (3) punktów za aktywność (rozmowa, dyskusja, uwagi). W przypadku zajęć obejmujących tematykę tworzenia stron internetowych możliwe zaliczenie na podstawie realizacji własnej strony. Wariant zaliczenia ustalany na zajęciach początkowych. Warunkiem otrzymania oceny pozytywnej jest prawidłowa realizacja (opracowanie) min. 50% zadań. Oceny pozytywnie zaliczające 3 (26-30 pkt), 3.5 (31-35 pkt), 4.0 (36-40 pkt), 4.5 (41-45 pkt), 5 (46-50 pkt).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W09, K_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.T.P6S_WG, II.S.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma uporządkowaną wiedzę w zakresie tworzenia mechanizmów prezentacji danych w Internecie i bezpiecznej komunikacji w sieciach komputerowych (Internet) (I).	</w:t>
+        <w:t xml:space="preserve">Potrafi zaprojektować i wykorzystywać aplikacje bazodanowe zgodnie z obowiązującymi zasadami (I).	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie w formie ćwiczeń praktycznych wykonywanych przy komputerze wraz z omówieniem słownym. 2 kolokwia semestrze (studia stacjonarne), 1 kolokwium (studia niestacjonarne). Przygotowane przez prowadzącego kartki z zadaniami. Podczas zaliczenia podział na 2 grupy studentów. Możliwa dodatkowa ocena za aktywność na zajęciach laboratoryjnych. Możliwe zwolnienie z kolokwium zaliczeniowego w przypadku zdobycia właściwej liczby (3) punktów za aktywność (rozmowa, dyskusja, uwagi). W przypadku zajęć obejmujących tematykę tworzenia stron internetowych możliwe zaliczenie na podstawie realizacji własnej strony. Wariant zaliczenia ustalany na zajęciach początkowych. Warunkiem otrzymania oceny pozytywnej jest prawidłowa realizacja (opracowanie) min. 50% zadań. Oceny pozytywnie zaliczające 3 (26-30 pkt), 3.5 (31-35 pkt), 4.0 (36-40 pkt), 4.5 (41-45 pkt), 5 (46-50 pkt).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W09, K_W10</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.T.P6S_WG, II.S.P6S_WG.1</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zaprojektować i wykorzystywać aplikacje bazodanowe zgodnie z obowiązującymi zasadami (I).	</w:t>
+        <w:t xml:space="preserve">Potrafi analizować zagrożenia w sieci Internet i wie jak zabezpieczać i chronić wytwarzane informacje (I).	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie w formie ćwiczeń praktycznych wykonywanych przy komputerze wraz z omówieniem słownym. 2 kolokwia semestrze (studia stacjonarne), 1 kolokwium (studia niestacjonarne). Przygotowane przez prowadzącego kartki z zadaniami. Podczas zaliczenia podział na 2 grupy studentów. Możliwa dodatkowa ocena za aktywność na zajęciach laboratoryjnych. Możliwe zwolnienie z kolokwium zaliczeniowego w przypadku zdobycia właściwej liczby (3) punktów za aktywność (rozmowa, dyskusja, uwagi). W przypadku zajęć obejmujących tematykę tworzenia stron internetowych możliwe zaliczenie na podstawie realizacji własnej strony. Wariant zaliczenia ustalany na zajęciach początkowych. Warunkiem otrzymania oceny pozytywnej jest prawidłowa realizacja (opracowanie) min. 50% zadań. Oceny pozytywnie zaliczające 3 (26-30 pkt), 3.5 (31-35 pkt), 4.0 (36-40 pkt), 4.5 (41-45 pkt), 5 (46-50 pkt).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U03, K_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować problemy pojawiające się podczas projektowania mechanizmów przetwarzania i prezentacji danych oraz znajdować ich rozwiązania w oparciu o poznane metody i aplikacje (I).	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie w formie ćwiczeń praktycznych wykonywanych przy komputerze wraz z omówieniem słownym. 2 kolokwia semestrze (studia stacjonarne), 1 kolokwium (studia niestacjonarne). Przygotowane przez prowadzącego kartki z zadaniami. Podczas zaliczenia podział na 2 grupy studentów. Możliwa dodatkowa ocena za aktywność na zajęciach laboratoryjnych. Możliwe zwolnienie z kolokwium zaliczeniowego w przypadku zdobycia właściwej liczby (3) punktów za aktywność (rozmowa, dyskusja, uwagi). W przypadku zajęć obejmujących tematykę tworzenia stron internetowych możliwe zaliczenie na podstawie realizacji własnej strony. Wariant zaliczenia ustalany na zajęciach początkowych. Warunkiem otrzymania oceny pozytywnej jest prawidłowa realizacja (opracowanie) min. 50% zadań. Oceny pozytywnie zaliczające 3 (26-30 pkt), 3.5 (31-35 pkt), 4.0 (36-40 pkt), 4.5 (41-45 pkt), 5 (46-50 pkt).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi analizować zagrożenia w sieci Internet i wie jak zabezpieczać i chronić wytwarzane informacje (I).	</w:t>
+        <w:t xml:space="preserve">Posiada umiejętność wykorzystywania zdobytej wiedzy w zakresie prezentacji danych w Internecie i ich ochrony (I).	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie w formie ćwiczeń praktycznych wykonywanych przy komputerze wraz z omówieniem słownym. 2 kolokwia semestrze (studia stacjonarne), 1 kolokwium (studia niestacjonarne). Przygotowane przez prowadzącego kartki z zadaniami. Podczas zaliczenia podział na 2 grupy studentów. Możliwa dodatkowa ocena za aktywność na zajęciach laboratoryjnych. Możliwe zwolnienie z kolokwium zaliczeniowego w przypadku zdobycia właściwej liczby (3) punktów za aktywność (rozmowa, dyskusja, uwagi). W przypadku zajęć obejmujących tematykę tworzenia stron internetowych możliwe zaliczenie na podstawie realizacji własnej strony. Wariant zaliczenia ustalany na zajęciach początkowych. Warunkiem otrzymania oceny pozytywnej jest prawidłowa realizacja (opracowanie) min. 50% zadań. Oceny pozytywnie zaliczające 3 (26-30 pkt), 3.5 (31-35 pkt), 4.0 (36-40 pkt), 4.5 (41-45 pkt), 5 (46-50 pkt).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o</w:t>
-[...68 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>