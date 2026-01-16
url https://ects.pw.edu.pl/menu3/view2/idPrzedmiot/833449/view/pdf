--- v0 (2025-12-25)
+++ v1 (2026-01-16)
@@ -792,67 +792,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">test pisemny </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W03, K_W04, K_W05, K_W01</w:t>
+        <w:t xml:space="preserve">K_W03, K_W04, K_W05, K_W01, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, I.P7S_WK, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.3, II.T.P7S_WG</w:t>
+        <w:t xml:space="preserve">II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, I.P7S_WK, II.S.P7S_WG.3, II.S.P7S_WG.2, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma uporządkowaną wiedzę w zakresie współpracy zespołowej, podstaw, zakresu zastosowania, diagnozy ról zespołowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -862,67 +862,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">test pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W01, K_W02, K_W03</w:t>
+        <w:t xml:space="preserve">K_W01, K_W02, K_W03, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna wybrane, podstawowe, teorie i koncepcje w zakresie współpracy w zróżnicowanym środowisku i potrafi je zastosować w praktyce.	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -932,67 +932,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">test pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02, K_W03</w:t>
+        <w:t xml:space="preserve">K_W02, K_W03, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -1012,67 +1012,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">test pisemny, udział w ćwiczeniach praktycznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U07, K_U08, K_U09, K_U10, K_U11, K_U01, K_U03</w:t>
+        <w:t xml:space="preserve">K_U08, K_U09, K_U10, K_U11, K_U01, K_U03, K_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UO, II.S.P7S_UW.1, II.H.P7S_UW.1, I.P7S_UK, I.P7S_UU, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, I.P7S_UW, II.H.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, I.P7S_UK, I.P7S_UO, I.P7S_UW, II.S.P7S_UW.1, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada umiejętność rozwiązywania konfliktów oraz motywowania członków organizacji poprzez zarządzanie kapitałem ludzkim</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1086,67 +1086,67 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązywanie problemów i prezentacja
 uzasadnienia wyników w czasie dyskusji na
 zajęciach, uczestnictwo w ćwiczeniach i
 symulacjach, test pisemny
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U09, K_U10, K_U11, K_U06, K_U07</w:t>
+        <w:t xml:space="preserve">K_U06, K_U07, K_U09, K_U10, K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UO, I.P7S_UW, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>
@@ -1169,51 +1169,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">rozwiązywanie problemów i prezentacja
 uzasadnienia wyników w czasie zajęć,
 uczestniczenie w symulacjach i ćwiczeniach
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K02, K_K03, K_K05, K_K06</w:t>
+        <w:t xml:space="preserve">K_K05, K_K06, K_K02, K_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_KR, I.P7S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>