--- v1 (2026-01-16)
+++ v2 (2026-02-28)
@@ -792,67 +792,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">test pisemny </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W04, K_W05, K_W01, K_W02</w:t>
+        <w:t xml:space="preserve">K_W02, K_W03, K_W04, K_W05, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, I.P7S_WK, II.S.P7S_WG.3, II.S.P7S_WG.2, II.T.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma uporządkowaną wiedzę w zakresie współpracy zespołowej, podstaw, zakresu zastosowania, diagnozy ról zespołowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -862,217 +862,217 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">test pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02, K_W03, K_W04</w:t>
+        <w:t xml:space="preserve">K_W04, K_W01, K_W02, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna wybrane, podstawowe, teorie i koncepcje w zakresie współpracy w zróżnicowanym środowisku i potrafi je zastosować w praktyce.	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">test pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W01, K_W02, K_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna wybrane, podstawowe, teorie i koncepcje w zakresie współpracy w zróżnicowanym środowisku i potrafi je zastosować w praktyce.	</w:t>
+        <w:t xml:space="preserve">Umie efektywnie współpracować w zespole.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">test pisemny</w:t>
+        <w:t xml:space="preserve">test pisemny, udział w ćwiczeniach praktycznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W03, K_W01</w:t>
+        <w:t xml:space="preserve">K_U03, K_U07, K_U08, K_U09, K_U10, K_U11, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, I.P7S_UK, I.P7S_UO, I.P7S_UW, II.S.P7S_UW.1, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.2.o, I.P7S_UK, I.P7S_UO, II.S.P7S_UW.1, II.H.P7S_UW.1, I.P7S_UU, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada umiejętność rozwiązywania konfliktów oraz motywowania członków organizacji poprzez zarządzanie kapitałem ludzkim</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1086,67 +1086,67 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązywanie problemów i prezentacja
 uzasadnienia wyników w czasie dyskusji na
 zajęciach, uczestnictwo w ćwiczeniach i
 symulacjach, test pisemny
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U07, K_U09, K_U10, K_U11</w:t>
+        <w:t xml:space="preserve">K_U07, K_U09, K_U10, K_U11, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.1, II.H.P7S_UW.1, I.P7S_UK, I.P7S_UO, I.P7S_UW, II.X.P7S_UW.3.o, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>
@@ -1169,51 +1169,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">rozwiązywanie problemów i prezentacja
 uzasadnienia wyników w czasie zajęć,
 uczestniczenie w symulacjach i ćwiczeniach
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K05, K_K06, K_K02, K_K03</w:t>
+        <w:t xml:space="preserve">K_K02, K_K03, K_K05, K_K06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_KR, I.P7S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>