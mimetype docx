--- v0 (2025-12-25)
+++ v1 (2026-01-15)
@@ -756,51 +756,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">II.H.P7S_WG.2, I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wie jak opisać i interpretować bezpośrednie przyczyny powstawania szkód na skutek zaistniałych awarii i katastrof.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -898,51 +898,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_WG.2, I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wie jak wykorzystać informatyczne narzędzia wspomagania zarządzania bezpieczeństwem.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1334,51 +1334,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U13 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.S.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi aktywnie uczestniczyć w dyskusjach w języku polskim na temat systemów bezpieczeństwa.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>