--- v1 (2026-01-15)
+++ v2 (2026-02-07)
@@ -756,51 +756,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_WG.2, I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wie jak opisać i interpretować bezpośrednie przyczyny powstawania szkód na skutek zaistniałych awarii i katastrof.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -898,51 +898,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wie jak wykorzystać informatyczne narzędzia wspomagania zarządzania bezpieczeństwem.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1334,51 +1334,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U13 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.S.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi aktywnie uczestniczyć w dyskusjach w języku polskim na temat systemów bezpieczeństwa.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>