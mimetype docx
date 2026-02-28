--- v2 (2026-02-07)
+++ v3 (2026-02-28)
@@ -898,51 +898,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wie jak wykorzystać informatyczne narzędzia wspomagania zarządzania bezpieczeństwem.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>