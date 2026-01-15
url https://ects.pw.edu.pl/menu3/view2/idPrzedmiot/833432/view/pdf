--- v0 (2025-12-25)
+++ v1 (2026-01-15)
@@ -761,67 +761,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W04, K_W06, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W02, K_W04, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, I.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG</w:t>
+        <w:t xml:space="preserve">II.H.P7S_WG.1.o, I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna prawne formy reglamentacji procesu budowlanego w odniesieniu do poszczególnych rodzajów inwestycji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -901,67 +901,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W03, K_W04, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W02, K_W03, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, I.P7S_WK, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.T.P7S_WG</w:t>
+        <w:t xml:space="preserve">II.H.P7S_WG.1.o, I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna regulacje prawne dotyczące oddawania obiektów budowlanych do użytkowania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -971,427 +971,427 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W02, K_W04, K_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.S.P7S_WG.2, I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna procedury prawne prowadzenia postępowania w przypadku katastrofy budowlanej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W01, K_W02, K_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zakres obowiązków właścicieli i zarządców obiektów budowlanych </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W01, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
+        <w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna procedury prawne prowadzenia postępowania w przypadku katastrofy budowlanej</w:t>
+        <w:t xml:space="preserve">Potrafi stworzyć prostą umowę o roboty budowlane</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
+        <w:t xml:space="preserve">Ćwiczenie w grupach + test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02, K_W04</w:t>
+        <w:t xml:space="preserve">K_U06, K_U07, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_06: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zakres obowiązków właścicieli i zarządców obiektów budowlanych </w:t>
+        <w:t xml:space="preserve">Potrafi sprawdzić informacje dotyczące nieruchomości w księdze wieczystej i katastrze nieruchomości</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
+        <w:t xml:space="preserve">Ćwiczenia realizowane samodzielnie. Test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02, K_W04</w:t>
+        <w:t xml:space="preserve">K_U13 BNP, K_U04, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.T.P7S_UW.2, II.T.P7S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi stworzyć prostą umowę o roboty budowlane</w:t>
+        <w:t xml:space="preserve">Potrafi zaplanować proces budowlany w zakresie organizacyjno-prawnym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ćwiczenie w grupach + test wielokrotnego wyboru</w:t>
+        <w:t xml:space="preserve">Dyskusja. Test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U07, K_U09</w:t>
+        <w:t xml:space="preserve">K_U02, K_U06, K_U09, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UO, I.P7S_UW</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.3.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi analizować źródła prawa w zakresie prawa budowlanego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>