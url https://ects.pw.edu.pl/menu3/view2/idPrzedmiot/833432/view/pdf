--- v1 (2026-01-15)
+++ v2 (2026-02-07)
@@ -761,67 +761,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02, K_W04, K_W06</w:t>
+        <w:t xml:space="preserve">K_W04, K_W06, K_W01, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_WG.1.o, I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna prawne formy reglamentacji procesu budowlanego w odniesieniu do poszczególnych rodzajów inwestycji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -901,67 +901,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02, K_W03, K_W04</w:t>
+        <w:t xml:space="preserve">K_W03, K_W04, K_W01, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_WG.1.o, I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna regulacje prawne dotyczące oddawania obiektów budowlanych do użytkowania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -971,67 +971,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W04, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W02, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.2, I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna procedury prawne prowadzenia postępowania w przypadku katastrofy budowlanej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1057,341 +1057,341 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W02, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zakres obowiązków właścicieli i zarządców obiektów budowlanych </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W01, K_W02, K_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_06: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zakres obowiązków właścicieli i zarządców obiektów budowlanych </w:t>
+        <w:t xml:space="preserve">Potrafi stworzyć prostą umowę o roboty budowlane</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
+        <w:t xml:space="preserve">Ćwiczenie w grupach + test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W01, K_W02</w:t>
+        <w:t xml:space="preserve">K_U06, K_U07, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UK, I.P7S_UO, I.P7S_UW, II.X.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi stworzyć prostą umowę o roboty budowlane</w:t>
+        <w:t xml:space="preserve">Potrafi sprawdzić informacje dotyczące nieruchomości w księdze wieczystej i katastrze nieruchomości</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ćwiczenie w grupach + test wielokrotnego wyboru</w:t>
+        <w:t xml:space="preserve">Ćwiczenia realizowane samodzielnie. Test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U07, K_U09</w:t>
+        <w:t xml:space="preserve">K_U04, K_U12, K_U13 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UO</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.T.P7S_UW.2, II.T.P7S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi sprawdzić informacje dotyczące nieruchomości w księdze wieczystej i katastrze nieruchomości</w:t>
+        <w:t xml:space="preserve">Potrafi zaplanować proces budowlany w zakresie organizacyjno-prawnym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ćwiczenia realizowane samodzielnie. Test wielokrotnego wyboru</w:t>
+        <w:t xml:space="preserve">Dyskusja. Test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U13 BNP, K_U04, K_U12</w:t>
+        <w:t xml:space="preserve">K_U06, K_U09, K_U10, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.T.P7S_UW.2, II.T.P7S_UW.1</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.3.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UO, II.H.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi analizować źródła prawa w zakresie prawa budowlanego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>