--- v0 (2025-12-25)
+++ v1 (2026-01-15)
@@ -923,51 +923,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_WG.1.o, I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, II.S.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student wie, jak określić udział systemu finansowego w realizacji polityki finansowej jako części polityki makroekonomicznej państwa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1073,51 +1073,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U03, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.S.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student umie ocenić udział systemu finansowego w realizacji zadań dotyczących stabilności monetarnej i stabilności systemu finansowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>