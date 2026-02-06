--- v1 (2026-01-15)
+++ v2 (2026-02-06)
@@ -767,561 +767,561 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne (pytania testowe oraz pisemne polecenia o charakterze problemowym)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W12 FIB, K_W11 FIB</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WK, I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student wie, jak wyznaczyć rolę systemu finansowego w krajowym i międzynarodowym systemie ekonomicznym</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie pisemne (pytania testowe oraz pisemne polecenia o charakterze problemowym)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W11 FIB, K_W12 FIB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.3, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student wie, jak wyznaczyć rolę systemu finansowego w krajowym i międzynarodowym systemie ekonomicznym</w:t>
+        <w:t xml:space="preserve">Student wie, jak określić charakter podstawowych elementów systemu finansowego i relacji między nimi, a także jego funkcji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne (pytania testowe oraz pisemne polecenia o charakterze problemowym)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W11 FIB, K_W12 FIB</w:t>
+        <w:t xml:space="preserve">K_W01, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.3, I.P7S_WK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student wie, jak określić charakter podstawowych elementów systemu finansowego i relacji między nimi, a także jego funkcji</w:t>
+        <w:t xml:space="preserve">Student wie, jak określić udział systemu finansowego w realizacji polityki finansowej jako części polityki makroekonomicznej państwa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne (pytania testowe oraz pisemne polecenia o charakterze problemowym)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W04</w:t>
+        <w:t xml:space="preserve">K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student wie, jak określić udział systemu finansowego w realizacji polityki finansowej jako części polityki makroekonomicznej państwa</w:t>
+        <w:t xml:space="preserve">Student umie ocenić czynniki i warunki umożliwiające skuteczne wypełnianie funkcji współczesnego systemu finansowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne (pytania testowe oraz pisemne polecenia o charakterze problemowym)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie ocenić udział systemu finansowego w realizacji zadań dotyczących stabilności monetarnej i stabilności systemu finansowego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie pisemne (pytania testowe oraz pisemne polecenia o charakterze problemowym)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U13 FIB</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie wskazać na podstawowe przyczyny wywołujące sytuacje kryzysowe w krajowym i międzynarodowym systemie finansowym</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie pisemne (pytania testowe oraz pisemne polecenia o charakterze problemowym)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U14 BNP, K_U14 FIB</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UO, I.P7S_UW, II.T.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student umie ocenić czynniki i warunki umożliwiające skuteczne wypełnianie funkcji współczesnego systemu finansowego</w:t>
+        <w:t xml:space="preserve">Student ma zdolność do zajmowania własnego stanowiska dotyczącego roli systemu finansowego w systemie ekonomiczno-społecznym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne (pytania testowe oraz pisemne polecenia o charakterze problemowym)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U01</w:t>
-[...219 lines deleted...]
-        <w:t xml:space="preserve">K_K09 BNP, K_K09 FIB</w:t>
+        <w:t xml:space="preserve">K_K09 FIB, K_K09 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>