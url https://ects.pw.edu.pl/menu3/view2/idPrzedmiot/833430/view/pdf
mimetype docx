--- v2 (2026-02-06)
+++ v3 (2026-02-28)
@@ -767,67 +767,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne (pytania testowe oraz pisemne polecenia o charakterze problemowym)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W12 FIB, K_W11 FIB</w:t>
+        <w:t xml:space="preserve">K_W11 FIB, K_W12 FIB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.3</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.3, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student wie, jak wyznaczyć rolę systemu finansowego w krajowym i międzynarodowym systemie ekonomicznym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -907,67 +907,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne (pytania testowe oraz pisemne polecenia o charakterze problemowym)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W04</w:t>
+        <w:t xml:space="preserve">K_W04, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.X.P7S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student wie, jak określić udział systemu finansowego w realizacji polityki finansowej jako części polityki makroekonomicznej państwa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1143,51 +1143,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U13 FIB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">I.P7S_UO, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student umie wskazać na podstawowe przyczyny wywołujące sytuacje kryzysowe w krajowym i międzynarodowym systemie finansowym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1277,51 +1277,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne (pytania testowe oraz pisemne polecenia o charakterze problemowym)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K09 FIB, K_K09 BNP</w:t>
+        <w:t xml:space="preserve">K_K09 BNP, K_K09 FIB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>