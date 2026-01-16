--- v0 (2025-12-25)
+++ v1 (2026-01-16)
@@ -890,51 +890,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W11 FIB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.3</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, II.S.P7S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_RK_4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie, jakie są źródła i rodzaje nadużyć na rynku kapitałowym i co to znaczy odpowiedzialnie inwestować.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1014,67 +1014,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Analiza przypadków na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W02, K_W03</w:t>
+        <w:t xml:space="preserve">K_W03, K_W04, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_RK_1: </w:t>
       </w:r>
     </w:p>
@@ -1180,51 +1180,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U04, K_U13 FIB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, I.P7S_UO, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_RK_3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma przekonanie o sensie, wartości i potrzebie podejmowania działań w zakresie funkcjonowania rynków kapitałowych, a zwłaszcza skutków regulacji i deregulacji na tym rynku.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1250,51 +1250,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U03, K_U10, K_U14 FIB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UO, I.P7S_UW, II.T.P7S_UW.2, II.S.P7S_UW.1, I.P7S_UK, II.S.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UO, II.T.P7S_UW.2, II.S.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_RK_1: </w:t>
       </w:r>
     </w:p>