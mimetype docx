--- v1 (2026-01-16)
+++ v2 (2026-02-08)
@@ -944,67 +944,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny, udział w dyskusji na zajęciach, prezentacja przygotowanych materiałów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W11 FIB</w:t>
+        <w:t xml:space="preserve">K_W11 FIB, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.S.P7S_WG.3</w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.3, I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_RK_5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe regulacje rynku kapitałowego i rozumie funkcje nadzoru finansowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1014,67 +1014,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Analiza przypadków na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W04, K_W02</w:t>
+        <w:t xml:space="preserve">K_W02, K_W03, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.T.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_RK_1: </w:t>
       </w:r>
     </w:p>
@@ -1180,51 +1180,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U04, K_U13 FIB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, I.P7S_UO, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_RK_3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma przekonanie o sensie, wartości i potrzebie podejmowania działań w zakresie funkcjonowania rynków kapitałowych, a zwłaszcza skutków regulacji i deregulacji na tym rynku.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>