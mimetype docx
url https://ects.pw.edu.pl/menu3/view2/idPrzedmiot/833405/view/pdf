--- v0 (2025-12-25)
+++ v1 (2026-01-15)
@@ -1089,51 +1089,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02 : </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi dobrać odpowiednią formę organizacyjno-prawną  dla przedsiębiorstwa
  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1146,67 +1146,67 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W trakcie zajęć studenci wykonują w grupach
 zadania dotyczące wybranych elementów
 planowania działalności gospodarczej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U04, K_U06</w:t>
+        <w:t xml:space="preserve">K_U06, K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2, II.S.P7S_UW.1, II.X.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, I.P7S_UK, II.H.P7S_UW.2.o, II.X.P7S_UW.2, II.S.P7S_UW.1, II.X.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03 : </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi identyfikować dostępne źródła danych, korzystać z zawartej w nich wiedzy,
 informacji oraz danych, a także - interpretować pozyskane dane z wykorzystaniem systemów
 teleinformatycznych.
  . </w:t>
       </w:r>
     </w:p>
@@ -1462,51 +1462,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KR, I.P7S_KO</w:t>
+        <w:t xml:space="preserve">I.P7S_KO, I.P7S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma potrzebę uczenia się</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>