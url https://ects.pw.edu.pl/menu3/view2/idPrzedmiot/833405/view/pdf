--- v1 (2026-01-15)
+++ v2 (2026-02-07)
@@ -936,51 +936,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W03, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.2, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma wiedzę nt. wspierania i barier przedsiębiorczości w Polsce</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1006,51 +1006,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WK, II.X.P7S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -1146,67 +1146,67 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W trakcie zajęć studenci wykonują w grupach
 zadania dotyczące wybranych elementów
 planowania działalności gospodarczej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U03, K_U04</w:t>
+        <w:t xml:space="preserve">K_U04, K_U06, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, I.P7S_UK, II.H.P7S_UW.2.o, II.X.P7S_UW.2, II.S.P7S_UW.1, II.X.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03 : </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi identyfikować dostępne źródła danych, korzystać z zawartej w nich wiedzy,
 informacji oraz danych, a także - interpretować pozyskane dane z wykorzystaniem systemów
 teleinformatycznych.
  . </w:t>
       </w:r>
     </w:p>