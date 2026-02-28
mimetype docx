--- v2 (2026-02-07)
+++ v3 (2026-02-28)
@@ -792,51 +792,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1</w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02  : </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student posiada wiedzę na temat publicznych i prywatnych źródeł informacji społeczno gospodarczej.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -936,51 +936,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W03, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.2, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma wiedzę nt. wspierania i barier przedsiębiorczości w Polsce</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1006,51 +1006,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WK, II.X.P7S_WG.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -1146,67 +1146,67 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W trakcie zajęć studenci wykonują w grupach
 zadania dotyczące wybranych elementów
 planowania działalności gospodarczej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U06, K_U03</w:t>
+        <w:t xml:space="preserve">K_U06, K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, I.P7S_UK, II.H.P7S_UW.2.o, II.X.P7S_UW.2, II.X.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03 : </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi identyfikować dostępne źródła danych, korzystać z zawartej w nich wiedzy,
 informacji oraz danych, a także - interpretować pozyskane dane z wykorzystaniem systemów
 teleinformatycznych.
  . </w:t>
       </w:r>
     </w:p>