--- v0 (2025-12-25)
+++ v1 (2026-01-16)
@@ -769,497 +769,497 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">test</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W06, K_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, I.P7S_WG, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna płaszczyzny, typy analizy ustroju demokratycznego i potrafi je stosować</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">test</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna płaszczyzny, typy analizy ustroju demokratycznego i potrafi je stosować</w:t>
+        <w:t xml:space="preserve">Poznaje instytucje i procedury ważne dla ustroju demokratycznego wraz z ich zakotwiczeniem w prawie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">test</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W06</w:t>
+        <w:t xml:space="preserve">K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Poznaje instytucje i procedury ważne dla ustroju demokratycznego wraz z ich zakotwiczeniem w prawie</w:t>
+        <w:t xml:space="preserve">Rozróżnia podstawowe podziały ustrojowo-polityczne we współczesnym świecie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">test</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Rozróżnia podstawowe podziały ustrojowo-polityczne we współczesnym świecie</w:t>
+        <w:t xml:space="preserve">Na tle istniejących podziałów ustrojowo-politycznych potrafi wskazać specyficzne cechy ustroju demokratycznego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">test</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U04</w:t>
+        <w:t xml:space="preserve">K_U01, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Na tle istniejących podziałów ustrojowo-politycznych potrafi wskazać specyficzne cechy ustroju demokratycznego</w:t>
+        <w:t xml:space="preserve">Rozróżnia różne typy podejść/ ujęć do ustroju demokratycznego (proceduralne, substancjalne, partycypacyjne)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">test</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U06</w:t>
+        <w:t xml:space="preserve">K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Rozróżnia różne typy podejść/ ujęć do ustroju demokratycznego (proceduralne, substancjalne, partycypacyjne)</w:t>
+        <w:t xml:space="preserve">Potrafi interpretować teksty i przepisy prawne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">test</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04</w:t>
+        <w:t xml:space="preserve">K_U05, K_U06, K_U12, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.T.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.T.P7S_UW.2, II.X.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>