--- v1 (2026-01-16)
+++ v2 (2026-02-09)
@@ -769,67 +769,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">test</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, I.P7S_WG, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna płaszczyzny, typy analizy ustroju demokratycznego i potrafi je stosować</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1005,51 +1005,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Na tle istniejących podziałów ustrojowo-politycznych potrafi wskazać specyficzne cechy ustroju demokratycznego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1075,51 +1075,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozróżnia różne typy podejść/ ujęć do ustroju demokratycznego (proceduralne, substancjalne, partycypacyjne)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1199,67 +1199,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">test</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05, K_U06, K_U12, K_U04</w:t>
+        <w:t xml:space="preserve">K_U04, K_U05, K_U06, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.T.P7S_UW.2, II.X.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o, II.T.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>