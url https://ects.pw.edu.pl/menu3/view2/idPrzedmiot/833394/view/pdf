--- v0 (2025-12-25)
+++ v1 (2026-01-16)
@@ -833,87 +833,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny zawierający pytania zamknięte w formie testu jednokrotnego i wielokrotnego wyboru oraz otwarte w formie kazusów do rozwiązania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W01, K_W02, K_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady, regulacje i procedury dotyczące obrotu nieruchomościami publicznymi ze szczególnym uwzględnieniem ich sprzedaży i oddawania w użytkowanie wieczyste.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian pisemny zawierający pytania zamknięte w formie testu jednokrotnego i wielokrotnego wyboru oraz otwarte w formie kazusów do rozwiązania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W01, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK, II.T.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+        <w:t xml:space="preserve">II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady, regulacje i procedury dotyczące obrotu nieruchomościami publicznymi ze szczególnym uwzględnieniem ich sprzedaży i oddawania w użytkowanie wieczyste.</w:t>
+        <w:t xml:space="preserve">Zna najważniejsze zasady funkcjonowania wspólnot mieszkaniowych i zawierania umów w wybranych działach gospodarki nieruchomościami i w sytuacjach szczególnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny zawierający pytania zamknięte w formie testu jednokrotnego i wielokrotnego wyboru oraz otwarte w formie kazusów do rozwiązania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -932,178 +1002,108 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna najważniejsze zasady funkcjonowania wspólnot mieszkaniowych i zawierania umów w wybranych działach gospodarki nieruchomościami i w sytuacjach szczególnych.</w:t>
+        <w:t xml:space="preserve">Zna wybrane zasady, regulacje i procedury funkcjonowania rejestrów publicznych gromadzących i udostępniających w systemie teleinformatycznym informacje o nieruchomościach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny zawierający pytania zamknięte w formie testu jednokrotnego i wielokrotnego wyboru oraz otwarte w formie kazusów do rozwiązania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W03, K_W01</w:t>
+        <w:t xml:space="preserve">K_W04, K_W10, K_W01, K_W02, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.2, I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.T.P7S_WG</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WK, II.T.P7S_WG, I.P7S_WG, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.X.P7S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -1125,67 +1125,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązywanie problemów prawnych w przedstawionych stanach faktycznych. Sprawdzian pisemny zawierający pytania zamknięte w formie testu jednokrotnego i wielokrotnego wyboru oraz otwarte w formie kazusów do rozwiązania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U03, K_U06</w:t>
+        <w:t xml:space="preserve">K_U06, K_U02, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.S.P7S_UW.3.o, II.X.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykorzystać poznane zasady, pojęcia i instytucje do wskazania i analizy podstawowych
 zagadnień prawnych w obrocie nieruchomościami.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1212,51 +1212,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U02, K_U03, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.X.P7S_UW.3.o, II.S.P7S_UW.1</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.S.P7S_UW.3.o, II.X.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie znajdować źródła danych, korzystać z nich oraz interpretować pozyskane dane dotyczące
 zagadnień z zakresu gospodarki nieruchomościami</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1267,207 +1267,207 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązywanie problemów prawnych w przedstawionych stanach faktycznych. Sprawdzian pisemny zawierający pytania zamknięte w formie testu jednokrotnego i wielokrotnego wyboru oraz otwarte w formie kazusów do rozwiązania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U02, K_U03, K_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.X.P7S_UW.3.o, II.S.P7S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi dokonać wyjaśnienia i interpretacji przepisów regulujących obrót nieruchomościami.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozwiązywanie problemów prawnych w przedstawionych stanach faktycznych.  Sprawdzian pisemny zawierający pytania zamknięte w formie testu jednokrotnego i wielokrotnego wyboru oraz otwarte w formie kazusów do rozwiązania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U06, K_U02, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, II.H.P7S_UW.2.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi dokonać wyjaśnienia i interpretacji przepisów regulujących obrót nieruchomościami.</w:t>
+        <w:t xml:space="preserve">Potrafi zastosować uzyskaną wiedzę z zakresu funkcjonowania publicznych rejestrów nieruchomości do wyszukiwania danych w systemach teleinformatycznym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Rozwiązywanie problemów prawnych w przedstawionych stanach faktycznych.  Sprawdzian pisemny zawierający pytania zamknięte w formie testu jednokrotnego i wielokrotnego wyboru oraz otwarte w formie kazusów do rozwiązania.</w:t>
+        <w:t xml:space="preserve">Sprawdzian pisemny zawierający pytania zamknięte w formie testu jednokrotnego i wielokrotnego wyboru oraz otwarte w formie kazusów do rozwiązania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U03, K_U06</w:t>
+        <w:t xml:space="preserve">K_U06, K_U12, K_U02, K_U03, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.S.P7S_UW.3.o, II.X.P7S_UW.3.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2, II.S.P7S_UW.1, II.X.P7S_UW.3.o, II.T.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.S.P7S_UW.2.o, II.S.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>
@@ -1698,67 +1698,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązywanie problemów i kazusów oraz dyskusja na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K04, K_K02</w:t>
+        <w:t xml:space="preserve">K_K02, K_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KK, I.P7S_KR</w:t>
+        <w:t xml:space="preserve">I.P7S_KR, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie zgromadzić, uporządkować i ocenić, a także wykorzystać praktycznie dane zgromadzone w ramach teleinformatycznych systemów informacji o nieruchomościach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1768,51 +1768,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązywanie problemów i kazusów oraz dyskusja na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K07, K_K01, K_K02, K_K03, K_K04</w:t>
+        <w:t xml:space="preserve">K_K01, K_K02, K_K03, K_K04, K_K07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_KK, I.P7S_KR, I.P7S_KO</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>