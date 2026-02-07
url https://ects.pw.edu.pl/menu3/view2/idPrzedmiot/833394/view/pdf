--- v1 (2026-01-16)
+++ v2 (2026-02-07)
@@ -763,347 +763,347 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny zawierający pytania zamknięte w formie testu jednokrotnego i wielokrotnego wyboru oraz otwarte w formie kazusów do rozwiązania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W02, K_W03, K_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, I.P7S_WK, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.T.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę w zakresie zasad obrotu nieruchomościami.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian pisemny zawierający pytania zamknięte w formie testu jednokrotnego i wielokrotnego wyboru oraz otwarte w formie kazusów do rozwiązania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W02, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę w zakresie zasad obrotu nieruchomościami.</w:t>
+        <w:t xml:space="preserve">Zna zasady, regulacje i procedury dotyczące obrotu nieruchomościami publicznymi ze szczególnym uwzględnieniem ich sprzedaży i oddawania w użytkowanie wieczyste.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny zawierający pytania zamknięte w formie testu jednokrotnego i wielokrotnego wyboru oraz otwarte w formie kazusów do rozwiązania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W02, K_W03, K_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna najważniejsze zasady funkcjonowania wspólnot mieszkaniowych i zawierania umów w wybranych działach gospodarki nieruchomościami i w sytuacjach szczególnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian pisemny zawierający pytania zamknięte w formie testu jednokrotnego i wielokrotnego wyboru oraz otwarte w formie kazusów do rozwiązania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W02, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady, regulacje i procedury dotyczące obrotu nieruchomościami publicznymi ze szczególnym uwzględnieniem ich sprzedaży i oddawania w użytkowanie wieczyste.</w:t>
+        <w:t xml:space="preserve">Zna wybrane zasady, regulacje i procedury funkcjonowania rejestrów publicznych gromadzących i udostępniających w systemie teleinformatycznym informacje o nieruchomościach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny zawierający pytania zamknięte w formie testu jednokrotnego i wielokrotnego wyboru oraz otwarte w formie kazusów do rozwiązania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W01, K_W02</w:t>
+        <w:t xml:space="preserve">K_W03, K_W04, K_W10, K_W01, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WK, II.T.P7S_WG, I.P7S_WG, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.X.P7S_WG.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -1125,67 +1125,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązywanie problemów prawnych w przedstawionych stanach faktycznych. Sprawdzian pisemny zawierający pytania zamknięte w formie testu jednokrotnego i wielokrotnego wyboru oraz otwarte w formie kazusów do rozwiązania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U02, K_U03</w:t>
+        <w:t xml:space="preserve">K_U02, K_U03, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.X.P7S_UW.3.o, II.S.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykorzystać poznane zasady, pojęcia i instytucje do wskazania i analizy podstawowych
 zagadnień prawnych w obrocie nieruchomościami.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1196,67 +1196,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązywanie problemów prawnych w przedstawionych stanach faktycznych. Sprawdzian pisemny zawierający pytania zamknięte w formie testu jednokrotnego i wielokrotnego wyboru oraz otwarte w formie kazusów do rozwiązania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U03, K_U06</w:t>
+        <w:t xml:space="preserve">K_U06, K_U02, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.S.P7S_UW.3.o, II.X.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, II.H.P7S_UW.2.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie znajdować źródła danych, korzystać z nich oraz interpretować pozyskane dane dotyczące
 zagadnień z zakresu gospodarki nieruchomościami</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1283,51 +1283,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U02, K_U03, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.X.P7S_UW.3.o, II.S.P7S_UW.1</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.S.P7S_UW.3.o, II.X.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokonać wyjaśnienia i interpretacji przepisów regulujących obrót nieruchomościami.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1337,67 +1337,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązywanie problemów prawnych w przedstawionych stanach faktycznych.  Sprawdzian pisemny zawierający pytania zamknięte w formie testu jednokrotnego i wielokrotnego wyboru oraz otwarte w formie kazusów do rozwiązania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U02, K_U03</w:t>
+        <w:t xml:space="preserve">K_U03, K_U06, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, II.H.P7S_UW.2.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.3.o, II.S.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zastosować uzyskaną wiedzę z zakresu funkcjonowania publicznych rejestrów nieruchomości do wyszukiwania danych w systemach teleinformatycznym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1407,67 +1407,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny zawierający pytania zamknięte w formie testu jednokrotnego i wielokrotnego wyboru oraz otwarte w formie kazusów do rozwiązania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U12, K_U02, K_U03, K_U05</w:t>
+        <w:t xml:space="preserve">K_U05, K_U06, K_U12, K_U02, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.S.P7S_UW.2.o, II.S.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.T.P7S_UW.2, II.X.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>