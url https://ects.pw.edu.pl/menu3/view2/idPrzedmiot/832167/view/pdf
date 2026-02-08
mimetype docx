--- v1 (2025-12-25)
+++ v2 (2026-02-08)
@@ -1179,237 +1179,377 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz praca domowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M1_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EW4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę o szacowaniu niepewności błędu pomiarów oraz możliwości analiz z zastosowaniem pakietów dedykowanych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz praca domowa</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka EW4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę o szacowaniu niepewności błędu pomiarów oraz możliwości analiz z zastosowaniem pakietów dedykowanych</w:t>
+        <w:t xml:space="preserve">Potrafi obliczyć charakterystyki liczbowe dla typowych zmiennych losowych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz praca domowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_W07</w:t>
+        <w:t xml:space="preserve">M1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi obliczyć charakterystyki liczbowe dla typowych zmiennych losowych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz praca domowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M1_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zastosować twierdzenia graniczne do modelowania błędów pomiarów i w opisie zjawisk losowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz praca domowa</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EU2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi obliczyć charakterystyki liczbowe dla typowych zmiennych losowych </w:t>
+        <w:t xml:space="preserve">Potrafi zastosować twierdzenia graniczne do modelowania błędów pomiarów i w opisie zjawisk losowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz praca domowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1428,58 +1568,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EU2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EU3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zastosować twierdzenia graniczne do modelowania błędów pomiarów i w opisie zjawisk losowych</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić estymację typowych charakterystyk zmiennych losowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz praca domowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1498,232 +1638,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EU2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EU3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zastosować twierdzenia graniczne do modelowania błędów pomiarów i w opisie zjawisk losowych</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić estymację typowych charakterystyk zmiennych losowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz praca domowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">M1_U07</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">M1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>