--- v0 (2025-12-25)
+++ v1 (2026-01-15)
@@ -1202,51 +1202,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie końcowe w formie testu. Prezentacja projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U17</w:t>
+        <w:t xml:space="preserve">MiBM2_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1273,51 +1273,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie końcowe w formie testu. Prezentacja projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U02</w:t>
+        <w:t xml:space="preserve">MiBM2_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>