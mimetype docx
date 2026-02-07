--- v1 (2026-01-15)
+++ v2 (2026-02-07)
@@ -1485,191 +1485,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie końcowe w formie testu. Prezentacja projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW144_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																					Posiada umiejętności identyfikacji działań zmierzających do kreowania wizerunku osoby i organizacji w mediach.																																										</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie końcowe w formie testu. Prezentacja projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW144_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																					Posiada umiejętności identyfikacji działań zmierzających do kreowania wizerunku osoby i organizacji w mediach.																																										</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie końcowe w formie testu. Prezentacja projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U01</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>