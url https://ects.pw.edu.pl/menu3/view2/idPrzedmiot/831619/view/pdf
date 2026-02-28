--- v2 (2026-02-07)
+++ v3 (2026-02-28)
@@ -1485,50 +1485,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie końcowe w formie testu. Prezentacja projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW144_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																					Posiada umiejętności identyfikacji działań zmierzających do kreowania wizerunku osoby i organizacji w mediach.																																										</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie końcowe w formie testu. Prezentacja projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1556,120 +1626,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie końcowe w formie testu. Prezentacja projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U17</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
@@ -2131,50 +2131,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie końcowe w formie testu. Prezentacja projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MBiM2_K05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW144_K4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																												Odpowiedzialnie przygotowuje się do reprezentowania organizacji realizując cele Public Relations.																																												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie końcowe w formie testu. Prezentacja projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MBiM2_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -2202,120 +2272,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie końcowe w formie testu. Prezentacja projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MBiM2_K04</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">MBiM2_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>