--- v0 (2025-12-25)
+++ v1 (2026-01-15)
@@ -1750,121 +1750,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Bieżąca praca na laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MBiM2_K01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK489_K1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Ma świadomość konieczności ciągłego powiększania swoich kompetencji, szczególnie w zakresie wykorzystania komercyjnych programów symulacyjnych i  umiejętności krytycznej oceny uzyskanych wyników.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Bieżąca praca na laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MBiM2_K06</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">MBiM2_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>