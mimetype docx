--- v1 (2026-01-15)
+++ v2 (2026-02-06)
@@ -1600,121 +1600,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK489_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi wykorzystać programować zaawansowane funkcje pakietów komercyjnych.																				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy podczas laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U11</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>