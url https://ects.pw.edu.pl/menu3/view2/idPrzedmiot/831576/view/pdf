--- v2 (2026-02-06)
+++ v3 (2026-02-28)
@@ -750,157 +750,297 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczające.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK489_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna cechy zagadnienia na wartości własne.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczające.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK489_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK489_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna cechy zagadnienia na wartości własne.							</w:t>
+        <w:t xml:space="preserve">							Zna sposoby rozwiązywania układów RRC typu hiperbolicznego.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczające.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK489_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna sposoby rozwiązywania układów RRC typu hiperbolicznego.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczające.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK489_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK489_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna sposoby rozwiązywania układów RRC typu hiperbolicznego.						</w:t>
+        <w:t xml:space="preserve">							Zna metody dyskretyzacji dla RRC typu hiperbolicznego.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczające.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -919,58 +1059,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK489_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK489_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna sposoby rozwiązywania układów RRC typu hiperbolicznego.						</w:t>
+        <w:t xml:space="preserve">							Zna metody dyskretyzacji dla RRC typu hiperbolicznego.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczające.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -981,740 +1121,600 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK489_W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK489_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna metody dyskretyzacji dla RRC typu hiperbolicznego.						</w:t>
+        <w:t xml:space="preserve">							Potrafi wykorzystując pakiety komercyjne rozwiązać złożone zagadnienia cieplno-przepływowe.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Bieżąca praca na laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK489_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi wykorzystując pakiety komercyjne rozwiązać złożone zagadnienia cieplno-przepływowe.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Bieżąca praca na laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK489_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi wykorzystując pakiety komercyjne rozwiązać złożone zagadnienia cieplno-przepływowe.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Bieżąca praca na laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK489_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zanalizować przydatność metody numerycznej do rozwiązania RRC.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczające.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W01</w:t>
+        <w:t xml:space="preserve">MiBM2_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK489_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK489_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna metody dyskretyzacji dla RRC typu hiperbolicznego.						</w:t>
+        <w:t xml:space="preserve">							Potrafi zanalizować przydatność metody numerycznej do rozwiązania RRC.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczające.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W08</w:t>
+        <w:t xml:space="preserve">MiBM2_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK489_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK489_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi wykorzystując pakiety komercyjne rozwiązać złożone zagadnienia cieplno-przepływowe.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zanalizować przydatność metody numerycznej do rozwiązania RRC.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Bieżąca praca na laboratorium.</w:t>
+        <w:t xml:space="preserve">Kolokwium zaliczające.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK489_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi wykorzystać programować zaawansowane funkcje pakietów komercyjnych.																				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy podczas laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK489_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK489_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi wykorzystując pakiety komercyjne rozwiązać złożone zagadnienia cieplno-przepływowe.							</w:t>
+        <w:t xml:space="preserve">							Potrafi wykorzystać programować zaawansowane funkcje pakietów komercyjnych.																				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Bieżąca praca na laboratorium.</w:t>
+        <w:t xml:space="preserve">Ocena pracy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U13</w:t>
-      </w:r>
-[...418 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>