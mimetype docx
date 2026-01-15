--- v0 (2025-12-26)
+++ v1 (2026-01-15)
@@ -1907,50 +1907,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test zaliczeniowy oraz projekt obliczeniowy w środowisku MATLAB-a i z zastosowaniem programu komercyjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK313_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi zapisać równania ruchu złożonych mechanizmów.		</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test zaliczeniowy oraz projekt obliczeniowy w środowisku MATLAB-a i z zastosowaniem programu komercyjnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1978,120 +2048,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test zaliczeniowy oraz projekt obliczeniowy w środowisku MATLAB-a i z zastosowaniem programu komercyjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U22</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>