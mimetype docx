--- v1 (2026-01-15)
+++ v2 (2026-02-06)
@@ -1627,50 +1627,190 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt obliczeniowy w środowisku MATLAB-a i z zastosowaniem programu komercyjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK313_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi rozwiązać numerycznie równania kinematyki.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt obliczeniowy w środowisku MATLAB-a i z zastosowaniem programu komercyjnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U22</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK313_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi rozwiązać numerycznie równania kinematyki.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt obliczeniowy w środowisku MATLAB-a i z zastosowaniem programu komercyjnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1698,190 +1838,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt obliczeniowy w środowisku MATLAB-a i z zastosowaniem programu komercyjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U10</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>