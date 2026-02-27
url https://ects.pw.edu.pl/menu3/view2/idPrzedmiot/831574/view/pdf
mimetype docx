--- v2 (2026-02-06)
+++ v3 (2026-02-27)
@@ -777,227 +777,437 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test końcowy oraz projekt obliczeniowy w środowisku MATLAB-a i z zastosowaniem pakietu komercyjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK313_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna podstawy analizy kinematycznej mechanizmów i układów wieloczłonowych.				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test końcowy oraz projekt obliczeniowy w środowisku MATLAB-a i z zastosowaniem pakietu komercyjnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK313_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna podstawy analizy kinematycznej mechanizmów i układów wieloczłonowych.				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test końcowy oraz projekt obliczeniowy w środowisku MATLAB-a i z zastosowaniem pakietu komercyjnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK313_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK313_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna podstawy analizy kinematycznej mechanizmów i układów wieloczłonowych.				</w:t>
+        <w:t xml:space="preserve">							Student ma wiedzę na temat zapisu równań ruchu mechanizmów i układów wieloczłonowych.													</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Test końcowy oraz projekt obliczeniowy w środowisku MATLAB-a i z zastosowaniem pakietu komercyjnego.</w:t>
+        <w:t xml:space="preserve">Test końcowy oraz projekt obliczeniowy w środowisku MATLAB-a i z zastosowaniem programu komercyjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK313_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student ma wiedzę na temat zapisu równań ruchu mechanizmów i układów wieloczłonowych.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test końcowy oraz projekt obliczeniowy w środowisku MATLAB-a i z zastosowaniem programu komercyjnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK313_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK313_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna podstawy analizy kinematycznej mechanizmów i układów wieloczłonowych.				</w:t>
+        <w:t xml:space="preserve">							Student ma wiedzę na temat zapisu równań ruchu mechanizmów i układów wieloczłonowych.													</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Test końcowy oraz projekt obliczeniowy w środowisku MATLAB-a i z zastosowaniem pakietu komercyjnego.</w:t>
+        <w:t xml:space="preserve">Test końcowy oraz projekt obliczeniowy w środowisku MATLAB-a i z zastosowaniem programu komercyjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK313_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK313_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student ma wiedzę na temat zapisu równań ruchu mechanizmów i układów wieloczłonowych.													</w:t>
+        <w:t xml:space="preserve">Student ma podstawową wiedzę na temat metod całkowania równań ruchu układów wieloczłonowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test końcowy oraz projekt obliczeniowy w środowisku MATLAB-a i z zastosowaniem programu komercyjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1016,58 +1226,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK313_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK313_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student ma wiedzę na temat zapisu równań ruchu mechanizmów i układów wieloczłonowych.													</w:t>
+        <w:t xml:space="preserve">Student ma podstawową wiedzę na temat metod całkowania równań ruchu układów wieloczłonowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test końcowy oraz projekt obliczeniowy w środowisku MATLAB-a i z zastosowaniem programu komercyjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1086,58 +1296,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK313_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK313_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student ma wiedzę na temat zapisu równań ruchu mechanizmów i układów wieloczłonowych.													</w:t>
+        <w:t xml:space="preserve">Student ma podstawową wiedzę na temat metod całkowania równań ruchu układów wieloczłonowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test końcowy oraz projekt obliczeniowy w środowisku MATLAB-a i z zastosowaniem programu komercyjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1148,286 +1358,286 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK313_W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK313_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma podstawową wiedzę na temat metod całkowania równań ruchu układów wieloczłonowych.</w:t>
+        <w:t xml:space="preserve">Student potrafi zapisać równania kinematyki mechanizmu i układu wieloczłonowego o złożonej strukturze.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Test końcowy oraz projekt obliczeniowy w środowisku MATLAB-a i z zastosowaniem programu komercyjnego.</w:t>
+        <w:t xml:space="preserve">Projekt obliczeniowy w środowisku MATLAB-a i z zastosowaniem programu komercyjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W01</w:t>
+        <w:t xml:space="preserve">MiBM2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK313_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK313_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma podstawową wiedzę na temat metod całkowania równań ruchu układów wieloczłonowych.</w:t>
+        <w:t xml:space="preserve">Student potrafi zapisać równania kinematyki mechanizmu i układu wieloczłonowego o złożonej strukturze.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Test końcowy oraz projekt obliczeniowy w środowisku MATLAB-a i z zastosowaniem programu komercyjnego.</w:t>
+        <w:t xml:space="preserve">Projekt obliczeniowy w środowisku MATLAB-a i z zastosowaniem programu komercyjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W02</w:t>
+        <w:t xml:space="preserve">MiBM2_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK313_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK313_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma podstawową wiedzę na temat metod całkowania równań ruchu układów wieloczłonowych.</w:t>
+        <w:t xml:space="preserve">Student potrafi zapisać równania kinematyki mechanizmu i układu wieloczłonowego o złożonej strukturze.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Test końcowy oraz projekt obliczeniowy w środowisku MATLAB-a i z zastosowaniem programu komercyjnego.</w:t>
+        <w:t xml:space="preserve">Projekt obliczeniowy w środowisku MATLAB-a i z zastosowaniem programu komercyjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W08</w:t>
+        <w:t xml:space="preserve">MiBM2_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK313_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK313_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi zapisać równania kinematyki mechanizmu i układu wieloczłonowego o złożonej strukturze.</w:t>
+        <w:t xml:space="preserve">Student potrafi rozwiązać numerycznie równania kinematyki.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt obliczeniowy w środowisku MATLAB-a i z zastosowaniem programu komercyjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1446,58 +1656,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK313_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK313_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi zapisać równania kinematyki mechanizmu i układu wieloczłonowego o złożonej strukturze.</w:t>
+        <w:t xml:space="preserve">Student potrafi rozwiązać numerycznie równania kinematyki.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt obliczeniowy w środowisku MATLAB-a i z zastosowaniem programu komercyjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1516,372 +1726,162 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK313_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK313_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi zapisać równania kinematyki mechanizmu i układu wieloczłonowego o złożonej strukturze.</w:t>
+        <w:t xml:space="preserve">Student potrafi rozwiązać numerycznie równania kinematyki.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt obliczeniowy w środowisku MATLAB-a i z zastosowaniem programu komercyjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK313_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi rozwiązać numerycznie równania kinematyki.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt obliczeniowy w środowisku MATLAB-a i z zastosowaniem programu komercyjnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U22</w:t>
-      </w:r>
-[...278 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>