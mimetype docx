--- v0 (2025-12-25)
+++ v1 (2026-01-16)
@@ -2146,245 +2146,455 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat stosowanych rozwiązań lotniczych układów sterowania.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat stosowanych rozwiązań lotniczych układów sterowania.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat stosowanych rozwiązań lotniczych układów sterowania.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK389_W4: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Kolokwium.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat regulatorów i kompensatorów i ich roli w układach automatyki.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK2_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK389_W4: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Kolokwium.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat regulatorów i kompensatorów i ich roli w układach automatyki.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK2_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK389_W4: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Kolokwium.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat regulatorów i kompensatorów i ich roli w układach automatyki.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK2_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -2426,51 +2636,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W07</w:t>
+        <w:t xml:space="preserve">LiK2_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2496,51 +2706,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W09</w:t>
+        <w:t xml:space="preserve">LiK2_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2566,260 +2776,50 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W10</w:t>
-[...208 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">LiK2_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
@@ -3066,50 +3066,190 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada umiejętność zaprojektowania struktury układu regulacji.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada umiejętność zaprojektowania struktury układu regulacji.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -3487,190 +3627,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK2_U09</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">LiK2_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>