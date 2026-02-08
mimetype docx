--- v1 (2026-01-16)
+++ v2 (2026-02-08)
@@ -1376,50 +1376,190 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie dobrać nastawy regulatorów.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie dobrać nastawy regulatorów.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1545,2342 +1685,2202 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK389_W2: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">							Umie dobrać nastawy regulatorów.						</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat identyfikacji dynamiki obiektów i procesów.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W15</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">							Umie dobrać nastawy regulatorów.						</w:t>
+        <w:t xml:space="preserve">LiK2_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat identyfikacji dynamiki obiektów i procesów.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat identyfikacji dynamiki obiektów i procesów.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat identyfikacji dynamiki obiektów i procesów.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat identyfikacji dynamiki obiektów i procesów.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat identyfikacji dynamiki obiektów i procesów.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK389_W3: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">							Posiada wiedzę na temat identyfikacji dynamiki obiektów i procesów.							</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat stosowanych rozwiązań lotniczych układów sterowania.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat stosowanych rozwiązań lotniczych układów sterowania.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat stosowanych rozwiązań lotniczych układów sterowania.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat stosowanych rozwiązań lotniczych układów sterowania.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat regulatorów i kompensatorów i ich roli w układach automatyki.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat regulatorów i kompensatorów i ich roli w układach automatyki.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat regulatorów i kompensatorów i ich roli w układach automatyki.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat regulatorów i kompensatorów i ich roli w układach automatyki.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat regulatorów i kompensatorów i ich roli w układach automatyki.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat regulatorów i kompensatorów i ich roli w układach automatyki.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada umiejętność doboru praw sterowania i nastaw regulatorów.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W07</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">							Posiada wiedzę na temat identyfikacji dynamiki obiektów i procesów.							</w:t>
+        <w:t xml:space="preserve">LiK2_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada umiejętność doboru praw sterowania i nastaw regulatorów.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W10</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">							Posiada wiedzę na temat identyfikacji dynamiki obiektów i procesów.							</w:t>
+        <w:t xml:space="preserve">LiK2_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada umiejętność doboru praw sterowania i nastaw regulatorów.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W11</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">							Posiada wiedzę na temat identyfikacji dynamiki obiektów i procesów.							</w:t>
+        <w:t xml:space="preserve">LiK2_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada umiejętność zaprojektowania struktury układu regulacji.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W14</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">							Posiada wiedzę na temat identyfikacji dynamiki obiektów i procesów.							</w:t>
+        <w:t xml:space="preserve">LiK2_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada umiejętność zaprojektowania struktury układu regulacji.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W18</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">							Posiada wiedzę na temat identyfikacji dynamiki obiektów i procesów.							</w:t>
+        <w:t xml:space="preserve">LiK2_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada umiejętność zaprojektowania struktury układu regulacji.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W20</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">							Posiada wiedzę na temat stosowanych rozwiązań lotniczych układów sterowania.							</w:t>
+        <w:t xml:space="preserve">LiK2_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada umiejętność zaprojektowania struktury układu regulacji.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada umiejętność zaprojektowania struktury układu regulacji.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada umiejętność zaprojektowania struktury układu regulacji.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada umiejętność zaprojektowania struktury układu regulacji.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada umiejętność zaprojektowania struktury układu regulacji.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada umiejętność zaprojektowania struktury układu regulacji.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student umie dobrać kompensator do układu dynamicznego.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W07</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">							Posiada wiedzę na temat stosowanych rozwiązań lotniczych układów sterowania.							</w:t>
+        <w:t xml:space="preserve">LiK2_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student umie dobrać kompensator do układu dynamicznego.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W09</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">							Posiada wiedzę na temat stosowanych rozwiązań lotniczych układów sterowania.							</w:t>
+        <w:t xml:space="preserve">LiK2_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student umie dobrać kompensator do układu dynamicznego.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W10</w:t>
-[...1198 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">LiK2_U07</w:t>
-      </w:r>
-[...348 lines deleted...]
-        <w:t xml:space="preserve">LiK2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>