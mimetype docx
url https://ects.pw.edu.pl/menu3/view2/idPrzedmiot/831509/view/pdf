--- v2 (2026-02-08)
+++ v3 (2026-02-08)
@@ -1376,50 +1376,260 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie dobrać nastawy regulatorów.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie dobrać nastawy regulatorów.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie dobrać nastawy regulatorów.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1475,58 +1685,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK389_W2: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">							Umie dobrać nastawy regulatorów.						</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat identyfikacji dynamiki obiektów i procesów.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1545,2342 +1755,2132 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK389_W2: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">							Umie dobrać nastawy regulatorów.						</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat identyfikacji dynamiki obiektów i procesów.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat identyfikacji dynamiki obiektów i procesów.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat identyfikacji dynamiki obiektów i procesów.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat identyfikacji dynamiki obiektów i procesów.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat identyfikacji dynamiki obiektów i procesów.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat stosowanych rozwiązań lotniczych układów sterowania.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat stosowanych rozwiązań lotniczych układów sterowania.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK389_W2: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">							Umie dobrać nastawy regulatorów.						</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat stosowanych rozwiązań lotniczych układów sterowania.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat stosowanych rozwiązań lotniczych układów sterowania.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat regulatorów i kompensatorów i ich roli w układach automatyki.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat regulatorów i kompensatorów i ich roli w układach automatyki.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat regulatorów i kompensatorów i ich roli w układach automatyki.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat regulatorów i kompensatorów i ich roli w układach automatyki.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat regulatorów i kompensatorów i ich roli w układach automatyki.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat regulatorów i kompensatorów i ich roli w układach automatyki.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada umiejętność doboru praw sterowania i nastaw regulatorów.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W11</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">							Posiada wiedzę na temat identyfikacji dynamiki obiektów i procesów.							</w:t>
+        <w:t xml:space="preserve">LiK2_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada umiejętność doboru praw sterowania i nastaw regulatorów.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W07</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">							Posiada wiedzę na temat identyfikacji dynamiki obiektów i procesów.							</w:t>
+        <w:t xml:space="preserve">LiK2_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada umiejętność doboru praw sterowania i nastaw regulatorów.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W10</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">							Posiada wiedzę na temat identyfikacji dynamiki obiektów i procesów.							</w:t>
+        <w:t xml:space="preserve">LiK2_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada umiejętność zaprojektowania struktury układu regulacji.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W11</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">							Posiada wiedzę na temat identyfikacji dynamiki obiektów i procesów.							</w:t>
+        <w:t xml:space="preserve">LiK2_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada umiejętność zaprojektowania struktury układu regulacji.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W14</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">							Posiada wiedzę na temat identyfikacji dynamiki obiektów i procesów.							</w:t>
+        <w:t xml:space="preserve">LiK2_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada umiejętność zaprojektowania struktury układu regulacji.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W18</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">							Posiada wiedzę na temat identyfikacji dynamiki obiektów i procesów.							</w:t>
+        <w:t xml:space="preserve">LiK2_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada umiejętność zaprojektowania struktury układu regulacji.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W20</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">							Posiada wiedzę na temat stosowanych rozwiązań lotniczych układów sterowania.							</w:t>
+        <w:t xml:space="preserve">LiK2_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada umiejętność zaprojektowania struktury układu regulacji.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada umiejętność zaprojektowania struktury układu regulacji.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada umiejętność zaprojektowania struktury układu regulacji.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada umiejętność zaprojektowania struktury układu regulacji.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada umiejętność zaprojektowania struktury układu regulacji.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student umie dobrać kompensator do układu dynamicznego.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W07</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">							Posiada wiedzę na temat stosowanych rozwiązań lotniczych układów sterowania.							</w:t>
+        <w:t xml:space="preserve">LiK2_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student umie dobrać kompensator do układu dynamicznego.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W09</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">							Posiada wiedzę na temat stosowanych rozwiązań lotniczych układów sterowania.							</w:t>
+        <w:t xml:space="preserve">LiK2_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student umie dobrać kompensator do układu dynamicznego.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W10</w:t>
-[...708 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">LiK2_U09</w:t>
-      </w:r>
-[...838 lines deleted...]
-        <w:t xml:space="preserve">LiK2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>