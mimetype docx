--- v0 (2025-12-25)
+++ v1 (2026-01-15)
@@ -1323,50 +1323,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS639_W6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																					Zna modele przejmowania ciepła i podstawowe modele spalania. 																																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1464,120 +1534,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK2_W15</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">LiK2_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>