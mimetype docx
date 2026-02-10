--- v1 (2026-01-15)
+++ v2 (2026-02-10)
@@ -1323,87 +1323,297 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS639_W6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																					Zna modele przejmowania ciepła i podstawowe modele spalania. 																																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS639_W6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																					Zna modele przejmowania ciepła i podstawowe modele spalania. 																																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS639_W6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																					Zna modele przejmowania ciepła i podstawowe modele spalania. 																																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS639_W6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS639_W7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">																					Zna modele przejmowania ciepła i podstawowe modele spalania. 																																			</w:t>
+        <w:t xml:space="preserve">																					Zna podstawowe zasady tworzenia kształtu dyszy zbieżno-rozbieżnej i jej własności przy zmiennym ciśnieniu otoczenia.																																			</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1422,662 +1632,452 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS639_W6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS639_W7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">																					Zna modele przejmowania ciepła i podstawowe modele spalania. 																																			</w:t>
+        <w:t xml:space="preserve">																					Zna podstawowe zasady tworzenia kształtu dyszy zbieżno-rozbieżnej i jej własności przy zmiennym ciśnieniu otoczenia.																																			</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W08</w:t>
+        <w:t xml:space="preserve">LiK2_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS639_W6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS639_W7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">																					Zna modele przejmowania ciepła i podstawowe modele spalania. 																																			</w:t>
+        <w:t xml:space="preserve">																					Zna podstawowe zasady tworzenia kształtu dyszy zbieżno-rozbieżnej i jej własności przy zmiennym ciśnieniu otoczenia.																																			</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W15</w:t>
+        <w:t xml:space="preserve">LiK2_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS639_W7: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS639_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">																					Zna podstawowe zasady tworzenia kształtu dyszy zbieżno-rozbieżnej i jej własności przy zmiennym ciśnieniu otoczenia.																																			</w:t>
+        <w:t xml:space="preserve">																												Potrafi zastosować odpowiedni model płynu i przepływu w typowych modelach elementów maszyn przepływowych. 																										</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
+        <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W01</w:t>
+        <w:t xml:space="preserve">LiK2_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS639_W7: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS639_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">																					Zna podstawowe zasady tworzenia kształtu dyszy zbieżno-rozbieżnej i jej własności przy zmiennym ciśnieniu otoczenia.																																			</w:t>
+        <w:t xml:space="preserve">																												Potrafi zastosować odpowiedni model płynu i przepływu w typowych modelach elementów maszyn przepływowych. 																										</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
+        <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W10</w:t>
+        <w:t xml:space="preserve">LiK2_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS639_W7: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS639_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">																					Zna podstawowe zasady tworzenia kształtu dyszy zbieżno-rozbieżnej i jej własności przy zmiennym ciśnieniu otoczenia.																																			</w:t>
+        <w:t xml:space="preserve">																												Potrafi zastosować odpowiedni model płynu i przepływu w typowych modelach elementów maszyn przepływowych. 																										</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
+        <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W16</w:t>
+        <w:t xml:space="preserve">LiK2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS639_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">																												Potrafi zastosować odpowiedni model płynu i przepływu w typowych modelach elementów maszyn przepływowych. 																										</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U01</w:t>
-[...68 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">LiK2_U09</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">LiK2_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>