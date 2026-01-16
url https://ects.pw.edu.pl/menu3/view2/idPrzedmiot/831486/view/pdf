--- v0 (2025-12-25)
+++ v1 (2026-01-16)
@@ -1393,227 +1393,437 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS639_W6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Zna modele przejmowania ciepła i podstawowe modele spalania. 																												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS639_W6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Zna modele przejmowania ciepła i podstawowe modele spalania. 																												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS639_W6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Zna modele przejmowania ciepła i podstawowe modele spalania. 																												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS639_W6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS639_W7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Zna modele przejmowania ciepła i podstawowe modele spalania. 																												</w:t>
+        <w:t xml:space="preserve">														Zna podstawowe zasady tworzenia kształtu dyszy zbieżno-rozbieżnej i jej własności przy zmiennym ciśnieniu otoczenia.																												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W08</w:t>
+        <w:t xml:space="preserve">LiK2_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS639_W6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS639_W7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Zna modele przejmowania ciepła i podstawowe modele spalania. 																												</w:t>
+        <w:t xml:space="preserve">														Zna podstawowe zasady tworzenia kształtu dyszy zbieżno-rozbieżnej i jej własności przy zmiennym ciśnieniu otoczenia.																												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W15</w:t>
+        <w:t xml:space="preserve">LiK2_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS639_W6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS639_W7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Zna modele przejmowania ciepła i podstawowe modele spalania. 																												</w:t>
+        <w:t xml:space="preserve">														Zna podstawowe zasady tworzenia kształtu dyszy zbieżno-rozbieżnej i jej własności przy zmiennym ciśnieniu otoczenia.																												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1624,1230 +1834,1020 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK2_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS639_W7: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS639_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Zna podstawowe zasady tworzenia kształtu dyszy zbieżno-rozbieżnej i jej własności przy zmiennym ciśnieniu otoczenia.																												</w:t>
+        <w:t xml:space="preserve">																					Potrafi zastosować odpowiedni model płynu i przepływu w typowych modelach elementów maszyn przepływowych. 																			</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS639_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																					Potrafi zastosować odpowiedni model płynu i przepływu w typowych modelach elementów maszyn przepływowych. 																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS639_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																					Potrafi zastosować odpowiedni model płynu i przepływu w typowych modelach elementów maszyn przepływowych. 																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS639_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																					Potrafi zastosować odpowiedni model płynu i przepływu w typowych modelach elementów maszyn przepływowych. 																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS639_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Potrafi zastosować właściwą metodę rozwiązywania równań dostosowaną do modelu płynu wykorzystanego w rozwiązaniu zadania technicznego. 																												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W01</w:t>
+        <w:t xml:space="preserve">LiK2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS639_W7: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS639_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Zna podstawowe zasady tworzenia kształtu dyszy zbieżno-rozbieżnej i jej własności przy zmiennym ciśnieniu otoczenia.																												</w:t>
+        <w:t xml:space="preserve">														Potrafi zastosować właściwą metodę rozwiązywania równań dostosowaną do modelu płynu wykorzystanego w rozwiązaniu zadania technicznego. 																												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W10</w:t>
+        <w:t xml:space="preserve">LiK2_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS639_W7: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS639_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Zna podstawowe zasady tworzenia kształtu dyszy zbieżno-rozbieżnej i jej własności przy zmiennym ciśnieniu otoczenia.																												</w:t>
+        <w:t xml:space="preserve">														Umie zastosować odpowiednie do zadania warunki brzegowe i odpowiedni model turbulencji. 																																			</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W16</w:t>
+        <w:t xml:space="preserve">LiK2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS639_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS639_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">																					Potrafi zastosować odpowiedni model płynu i przepływu w typowych modelach elementów maszyn przepływowych. 																			</w:t>
+        <w:t xml:space="preserve">														Umie zastosować odpowiednie do zadania warunki brzegowe i odpowiedni model turbulencji. 																																			</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium. </w:t>
+        <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS639_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Umie zastosować odpowiednie do zadania warunki brzegowe i odpowiedni model turbulencji. 																																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS639_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Potrafi zastosować techniki modelowania ruchomych elementów w budowie modelu maszyny przepływowej. 																												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS639_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS639_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">																					Potrafi zastosować odpowiedni model płynu i przepływu w typowych modelach elementów maszyn przepływowych. 																			</w:t>
+        <w:t xml:space="preserve">														Potrafi zastosować techniki modelowania ruchomych elementów w budowie modelu maszyny przepływowej. 																												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium. </w:t>
+        <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS639_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS639_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">																					Potrafi zastosować odpowiedni model płynu i przepływu w typowych modelach elementów maszyn przepływowych. 																			</w:t>
+        <w:t xml:space="preserve">														Potrafi zastosować odpowiedni model przejmowania ciepła i odpowiedni model spalania dopasowany do problemu technicznego. 																												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium. </w:t>
+        <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U10</w:t>
+        <w:t xml:space="preserve">LiK2_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS639_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS639_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">																					Potrafi zastosować odpowiedni model płynu i przepływu w typowych modelach elementów maszyn przepływowych. 																			</w:t>
+        <w:t xml:space="preserve">														Potrafi zastosować odpowiedni model przejmowania ciepła i odpowiedni model spalania dopasowany do problemu technicznego. 																												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium. </w:t>
+        <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U18</w:t>
+        <w:t xml:space="preserve">LiK2_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS639_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS639_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Potrafi zastosować właściwą metodę rozwiązywania równań dostosowaną do modelu płynu wykorzystanego w rozwiązaniu zadania technicznego. 																												</w:t>
+        <w:t xml:space="preserve">														Potrafi zastosować odpowiedni model przejmowania ciepła i odpowiedni model spalania dopasowany do problemu technicznego. 																												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U01</w:t>
-[...558 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">LiK2_U17</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">LiK2_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>