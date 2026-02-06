--- v1 (2026-01-16)
+++ v2 (2026-02-06)
@@ -1183,191 +1183,331 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS639_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																					Zna techniki stosowane w modelowaniu ruchomych elementów maszyn przepływowych. 																																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS639_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																					Zna techniki stosowane w modelowaniu ruchomych elementów maszyn przepływowych. 																																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS639_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS639_W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">																					Zna techniki stosowane w modelowaniu ruchomych elementów maszyn przepływowych. 																																			</w:t>
+        <w:t xml:space="preserve">														Zna modele przejmowania ciepła i podstawowe modele spalania. 																												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W02</w:t>
+        <w:t xml:space="preserve">LiK2_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS639_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS639_W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">																					Zna techniki stosowane w modelowaniu ruchomych elementów maszyn przepływowych. 																																			</w:t>
+        <w:t xml:space="preserve">														Zna modele przejmowania ciepła i podstawowe modele spalania. 																												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W10</w:t>
+        <w:t xml:space="preserve">LiK2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1393,51 +1533,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W08</w:t>
+        <w:t xml:space="preserve">LiK2_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1463,191 +1603,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W15</w:t>
-[...68 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">LiK2_W16</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">LiK2_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>