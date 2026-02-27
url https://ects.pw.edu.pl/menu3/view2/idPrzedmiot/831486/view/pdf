--- v2 (2026-02-06)
+++ v3 (2026-02-27)
@@ -1183,50 +1183,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS639_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																					Zna techniki stosowane w modelowaniu ruchomych elementów maszyn przepływowych. 																																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1282,58 +1352,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS639_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS639_W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">																					Zna techniki stosowane w modelowaniu ruchomych elementów maszyn przepływowych. 																																			</w:t>
+        <w:t xml:space="preserve">														Zna modele przejmowania ciepła i podstawowe modele spalania. 																												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1393,1111 +1463,1041 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS639_W6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Zna modele przejmowania ciepła i podstawowe modele spalania. 																												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS639_W6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Zna modele przejmowania ciepła i podstawowe modele spalania. 																												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS639_W7: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Zna podstawowe zasady tworzenia kształtu dyszy zbieżno-rozbieżnej i jej własności przy zmiennym ciśnieniu otoczenia.																												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS639_W6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS639_W7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Zna modele przejmowania ciepła i podstawowe modele spalania. 																												</w:t>
+        <w:t xml:space="preserve">														Zna podstawowe zasady tworzenia kształtu dyszy zbieżno-rozbieżnej i jej własności przy zmiennym ciśnieniu otoczenia.																												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W08</w:t>
+        <w:t xml:space="preserve">LiK2_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS639_W6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS639_W7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Zna modele przejmowania ciepła i podstawowe modele spalania. 																												</w:t>
+        <w:t xml:space="preserve">														Zna podstawowe zasady tworzenia kształtu dyszy zbieżno-rozbieżnej i jej własności przy zmiennym ciśnieniu otoczenia.																												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W15</w:t>
+        <w:t xml:space="preserve">LiK2_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS639_W6: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS639_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Zna modele przejmowania ciepła i podstawowe modele spalania. 																												</w:t>
+        <w:t xml:space="preserve">																					Potrafi zastosować odpowiedni model płynu i przepływu w typowych modelach elementów maszyn przepływowych. 																			</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS639_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																					Potrafi zastosować odpowiedni model płynu i przepływu w typowych modelach elementów maszyn przepływowych. 																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS639_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																					Potrafi zastosować odpowiedni model płynu i przepływu w typowych modelach elementów maszyn przepływowych. 																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS639_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																					Potrafi zastosować odpowiedni model płynu i przepływu w typowych modelach elementów maszyn przepływowych. 																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS639_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Potrafi zastosować właściwą metodę rozwiązywania równań dostosowaną do modelu płynu wykorzystanego w rozwiązaniu zadania technicznego. 																												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W16</w:t>
+        <w:t xml:space="preserve">LiK2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS639_W7: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS639_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Zna podstawowe zasady tworzenia kształtu dyszy zbieżno-rozbieżnej i jej własności przy zmiennym ciśnieniu otoczenia.																												</w:t>
+        <w:t xml:space="preserve">														Potrafi zastosować właściwą metodę rozwiązywania równań dostosowaną do modelu płynu wykorzystanego w rozwiązaniu zadania technicznego. 																												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W01</w:t>
+        <w:t xml:space="preserve">LiK2_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS639_W7: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS639_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Zna podstawowe zasady tworzenia kształtu dyszy zbieżno-rozbieżnej i jej własności przy zmiennym ciśnieniu otoczenia.																												</w:t>
+        <w:t xml:space="preserve">														Umie zastosować odpowiednie do zadania warunki brzegowe i odpowiedni model turbulencji. 																																			</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W10</w:t>
+        <w:t xml:space="preserve">LiK2_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS639_W7: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS639_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Zna podstawowe zasady tworzenia kształtu dyszy zbieżno-rozbieżnej i jej własności przy zmiennym ciśnieniu otoczenia.																												</w:t>
+        <w:t xml:space="preserve">														Umie zastosować odpowiednie do zadania warunki brzegowe i odpowiedni model turbulencji. 																																			</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W16</w:t>
+        <w:t xml:space="preserve">LiK2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS639_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS639_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">																					Potrafi zastosować odpowiedni model płynu i przepływu w typowych modelach elementów maszyn przepływowych. 																			</w:t>
+        <w:t xml:space="preserve">														Umie zastosować odpowiednie do zadania warunki brzegowe i odpowiedni model turbulencji. 																																			</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium. </w:t>
+        <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK2_U01</w:t>
-      </w:r>
-[...558 lines deleted...]
-        <w:t xml:space="preserve">LiK2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>