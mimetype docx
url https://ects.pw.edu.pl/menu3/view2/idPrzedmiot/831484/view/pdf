--- v0 (2025-12-25)
+++ v1 (2026-01-16)
@@ -1170,411 +1170,411 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS638_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student zna wpływ procesów fizycznych na urządzenia techniczne na powierzchni Ziemi.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS638_W4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS638_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student zna wpływ procesów fizycznych na urządzenia techniczne na powierzchni Ziemi.					</w:t>
+        <w:t xml:space="preserve">							Student potrafi określić właściwości przestrzeni kosmicznej.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W05</w:t>
+        <w:t xml:space="preserve">LiK2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS638_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Student potrafi określić właściwości przestrzeni kosmicznej.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS638_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student potrafi określić właściwości przestrzeni kosmicznej.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS638_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student potrafi określić właściwości przestrzeni kosmicznej.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_U17</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">LiK2_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>