--- v1 (2026-01-16)
+++ v2 (2026-02-08)
@@ -1170,237 +1170,517 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS638_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student zna wpływ procesów fizycznych na urządzenia techniczne na powierzchni Ziemi.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS638_W4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS638_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student zna wpływ procesów fizycznych na urządzenia techniczne na powierzchni Ziemi.					</w:t>
+        <w:t xml:space="preserve">							Student potrafi określić właściwości przestrzeni kosmicznej.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W01</w:t>
+        <w:t xml:space="preserve">LiK2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS638_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Student potrafi określić właściwości przestrzeni kosmicznej.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS638_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student potrafi określić właściwości przestrzeni kosmicznej.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS638_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student potrafi określić właściwości przestrzeni kosmicznej.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS638_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student umie określić jakie procesy i w jaki stopniu zachodzą w przestrzeni kosmicznej.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS638_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS638_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student potrafi określić właściwości przestrzeni kosmicznej.						</w:t>
+        <w:t xml:space="preserve">							Student umie określić jakie procesy i w jaki stopniu zachodzą w przestrzeni kosmicznej.					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1419,58 +1699,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS638_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS638_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student potrafi określić właściwości przestrzeni kosmicznej.						</w:t>
+        <w:t xml:space="preserve">							Student umie określić jakie procesy i w jaki stopniu zachodzą w przestrzeni kosmicznej.					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1489,58 +1769,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS638_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS638_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student potrafi określić właściwości przestrzeni kosmicznej.						</w:t>
+        <w:t xml:space="preserve">							Student umie określić jakie procesy i w jaki stopniu zachodzą w przestrzeni kosmicznej.					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1559,58 +1839,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS638_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS638_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student umie określić jakie procesy i w jaki stopniu zachodzą w przestrzeni kosmicznej.					</w:t>
+        <w:t xml:space="preserve">							Student umie określić jakie procesy i w jakim stopniu wpływają na systemy satelitarne, łączności satelitarne, systemy nawigacyjne i jakie niosą zagrożenie.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1629,58 +1909,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS638_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS638_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student umie określić jakie procesy i w jaki stopniu zachodzą w przestrzeni kosmicznej.					</w:t>
+        <w:t xml:space="preserve">							Student umie określić jakie procesy i w jakim stopniu wpływają na systemy satelitarne, łączności satelitarne, systemy nawigacyjne i jakie niosą zagrożenie.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1699,58 +1979,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS638_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS638_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student umie określić jakie procesy i w jaki stopniu zachodzą w przestrzeni kosmicznej.					</w:t>
+        <w:t xml:space="preserve">							Student umie określić jakie procesy i w jakim stopniu wpływają na systemy satelitarne, łączności satelitarne, systemy nawigacyjne i jakie niosą zagrożenie.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1769,58 +2049,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS638_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS638_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student umie określić jakie procesy i w jaki stopniu zachodzą w przestrzeni kosmicznej.					</w:t>
+        <w:t xml:space="preserve">							Student umie określić jakie procesy i w jakim stopniu wpływają na systemy satelitarne, łączności satelitarne, systemy nawigacyjne i jakie niosą zagrożenie.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1839,582 +2119,302 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS638_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS638_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student umie określić jakie procesy i w jakim stopniu wpływają na systemy satelitarne, łączności satelitarne, systemy nawigacyjne i jakie niosą zagrożenie.							</w:t>
+        <w:t xml:space="preserve">							Student umie określić jakie procesy i w jakim stopniu wpływają na np. sieci energetyczne.					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS638_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student umie określić jakie procesy i w jakim stopniu wpływają na np. sieci energetyczne.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS638_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student umie określić jakie procesy i w jakim stopniu wpływają na np. sieci energetyczne.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS638_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student umie określić jakie procesy i w jakim stopniu wpływają na np. sieci energetyczne.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_U01</w:t>
-      </w:r>
-[...488 lines deleted...]
-        <w:t xml:space="preserve">LiK2_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>