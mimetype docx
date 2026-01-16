--- v0 (2025-12-26)
+++ v1 (2026-01-16)
@@ -753,50 +753,190 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS662_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada ogólną wiedzę z zakresu budowy systemów pomiarowych	.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS662_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada ogólną wiedzę z zakresu budowy systemów pomiarowych	.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -824,190 +964,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK2_W10</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">LiK2_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>