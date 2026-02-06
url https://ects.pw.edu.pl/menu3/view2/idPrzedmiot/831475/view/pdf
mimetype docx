--- v1 (2026-01-16)
+++ v2 (2026-02-06)
@@ -753,87 +753,297 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS662_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada ogólną wiedzę z zakresu budowy systemów pomiarowych	.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS662_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada ogólną wiedzę z zakresu budowy systemów pomiarowych	.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS662_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada ogólną wiedzę z zakresu budowy systemów pomiarowych	.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS662_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS662_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Posiada ogólną wiedzę z zakresu budowy systemów pomiarowych	.						</w:t>
+        <w:t xml:space="preserve">							Posiada usystematyzowaną wiedzę na temat rodzajów i właściwości czujników pomiarowych.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -852,942 +1062,732 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS662_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS662_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Posiada ogólną wiedzę z zakresu budowy systemów pomiarowych	.						</w:t>
+        <w:t xml:space="preserve">							Posiada usystematyzowaną wiedzę na temat rodzajów i właściwości czujników pomiarowych.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W09</w:t>
+        <w:t xml:space="preserve">LiK2_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS662_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS662_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Posiada ogólną wiedzę z zakresu budowy systemów pomiarowych	.						</w:t>
+        <w:t xml:space="preserve">							Posiada usystematyzowaną wiedzę na temat rodzajów i właściwości czujników pomiarowych.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W10</w:t>
+        <w:t xml:space="preserve">LiK2_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS662_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS662_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Posiada usystematyzowaną wiedzę na temat rodzajów i właściwości czujników pomiarowych.						</w:t>
+        <w:t xml:space="preserve">							Posiada podstawową wiedzę z zakresu statystycznej analizy wyników pomiarów	.					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium 1.</w:t>
+        <w:t xml:space="preserve">Kolokwium 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W06</w:t>
+        <w:t xml:space="preserve">LiK2_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS662_W2: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS662_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Posiada usystematyzowaną wiedzę na temat rodzajów i właściwości czujników pomiarowych.						</w:t>
+        <w:t xml:space="preserve">							Potrafi wskazać czujniki i strukturę układu pomiarowego właściwe dla badanego procesu.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium 1.</w:t>
+        <w:t xml:space="preserve">Sprawozdania z laboratoriów, kolokwium 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W10</w:t>
+        <w:t xml:space="preserve">LiK2_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS662_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS662_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Posiada usystematyzowaną wiedzę na temat rodzajów i właściwości czujników pomiarowych.						</w:t>
+        <w:t xml:space="preserve">							Potrafi wskazać czujniki i strukturę układu pomiarowego właściwe dla badanego procesu.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium 1.</w:t>
+        <w:t xml:space="preserve">Sprawozdania z laboratoriów, kolokwium 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W14</w:t>
+        <w:t xml:space="preserve">LiK2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS662_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS662_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Posiada podstawową wiedzę z zakresu statystycznej analizy wyników pomiarów	.					</w:t>
+        <w:t xml:space="preserve">							Potrafi wskazać czujniki i strukturę układu pomiarowego właściwe dla badanego procesu.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium 2.</w:t>
+        <w:t xml:space="preserve">Sprawozdania z laboratoriów, kolokwium 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W01</w:t>
+        <w:t xml:space="preserve">LiK2_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS662_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Potrafi wskazać czujniki i strukturę układu pomiarowego właściwe dla badanego procesu.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdania z laboratoriów, kolokwium 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U03</w:t>
+        <w:t xml:space="preserve">LiK2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS662_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS662_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi wskazać czujniki i strukturę układu pomiarowego właściwe dla badanego procesu.							</w:t>
+        <w:t xml:space="preserve">							Potrafi określić podstawowe właściwości czujnika pomiarowego na podstawie jego specyfikacji.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawozdania z laboratoriów, kolokwium 1.</w:t>
+        <w:t xml:space="preserve">Sprawozdania z laboratoriów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U07</w:t>
+        <w:t xml:space="preserve">LiK2_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS662_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS662_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi wskazać czujniki i strukturę układu pomiarowego właściwe dla badanego procesu.							</w:t>
+        <w:t xml:space="preserve">							Potrafi określić podstawowe właściwości czujnika pomiarowego na podstawie jego specyfikacji.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawozdania z laboratoriów, kolokwium 1.</w:t>
+        <w:t xml:space="preserve">Sprawozdania z laboratoriów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U08</w:t>
+        <w:t xml:space="preserve">LiK2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS662_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS662_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi wskazać czujniki i strukturę układu pomiarowego właściwe dla badanego procesu.							</w:t>
+        <w:t xml:space="preserve">							Potrafi określić podstawowe właściwości czujnika pomiarowego na podstawie jego specyfikacji.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawozdania z laboratoriów, kolokwium 1.</w:t>
+        <w:t xml:space="preserve">Sprawozdania z laboratoriów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U09</w:t>
-[...138 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">LiK2_U06</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">LiK2_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>