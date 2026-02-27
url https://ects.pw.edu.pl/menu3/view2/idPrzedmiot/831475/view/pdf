--- v2 (2026-02-06)
+++ v3 (2026-02-27)
@@ -1323,50 +1323,190 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdania z laboratoriów, kolokwium 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS662_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi wskazać czujniki i strukturę układu pomiarowego właściwe dla badanego procesu.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawozdania z laboratoriów, kolokwium 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS662_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi wskazać czujniki i strukturę układu pomiarowego właściwe dla badanego procesu.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawozdania z laboratoriów, kolokwium 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1422,162 +1562,162 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS662_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS662_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi wskazać czujniki i strukturę układu pomiarowego właściwe dla badanego procesu.							</w:t>
+        <w:t xml:space="preserve">							Potrafi określić podstawowe właściwości czujnika pomiarowego na podstawie jego specyfikacji.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawozdania z laboratoriów, kolokwium 1.</w:t>
+        <w:t xml:space="preserve">Sprawozdania z laboratoriów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U08</w:t>
+        <w:t xml:space="preserve">LiK2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS662_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS662_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi wskazać czujniki i strukturę układu pomiarowego właściwe dla badanego procesu.							</w:t>
+        <w:t xml:space="preserve">							Potrafi określić podstawowe właściwości czujnika pomiarowego na podstawie jego specyfikacji.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawozdania z laboratoriów, kolokwium 1.</w:t>
+        <w:t xml:space="preserve">Sprawozdania z laboratoriów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U09</w:t>
+        <w:t xml:space="preserve">LiK2_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1604,190 +1744,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdania z laboratoriów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK2_U10</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">LiK2_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>