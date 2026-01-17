--- v0 (2025-12-25)
+++ v1 (2026-01-17)
@@ -1169,50 +1169,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat niekonwencjonalnych rozwiązań układów sterowania.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1548,58 +1618,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS648_W2: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">							Posiada wiedzę na temat niekonwencjonalnych rozwiązań układów sterowania.							</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat stabilności układów liniowych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1659,157 +1729,1837 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat stabilności układów liniowych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat stabilności układów liniowych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat stabilności układów liniowych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat stabilności układów liniowych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat stabilności układów liniowych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada wiedzę na temat układów nieliniowych i metod oceny ich stabilności.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada wiedzę na temat układów nieliniowych i metod oceny ich stabilności.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada wiedzę na temat układów nieliniowych i metod oceny ich stabilności.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada wiedzę na temat układów nieliniowych i metod oceny ich stabilności.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada wiedzę na temat układów nieliniowych i metod oceny ich stabilności.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada wiedzę na temat układów nieliniowych i metod oceny ich stabilności.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada wiedzę na temat układów nieliniowych i metod oceny ich stabilności.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS648_W3: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">							Posiada wiedzę na temat stabilności układów liniowych.							</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada wiedzę na temat układów nieliniowych i metod oceny ich stabilności.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada wiedzę na temat układów nieliniowych i metod oceny ich stabilności.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada wiedzę na temat układów nieliniowych i metod oceny ich stabilności.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada wiedzę na temat układów nieliniowych i metod oceny ich stabilności.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada wiedzę na temat  dyskretnych układów sterowania.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada wiedzę na temat  dyskretnych układów sterowania.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada wiedzę na temat  dyskretnych układów sterowania.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada wiedzę na temat  dyskretnych układów sterowania.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada wiedzę na temat  dyskretnych układów sterowania.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada wiedzę na temat  dyskretnych układów sterowania.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada wiedzę na temat  dyskretnych układów sterowania.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada znajomość metod optymalizacji układów sterowania.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada znajomość metod optymalizacji układów sterowania.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS648_W3: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">							Posiada wiedzę na temat stabilności układów liniowych.							</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada znajomość metod optymalizacji układów sterowania.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1820,3680 +3570,1930 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK2_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">							Posiada wiedzę na temat stabilności układów liniowych.							</w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi ocenić stabilność układów liniowych, nieliniowych i dyskretnych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi ocenić stabilność układów liniowych, nieliniowych i dyskretnych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi ocenić stabilność układów liniowych, nieliniowych i dyskretnych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi ocenić stabilność układów liniowych, nieliniowych i dyskretnych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi ocenić stabilność układów liniowych, nieliniowych i dyskretnych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi ocenić stabilność układów liniowych, nieliniowych i dyskretnych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi ocenić stabilność układów liniowych, nieliniowych i dyskretnych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi ocenić stabilność układów liniowych, nieliniowych i dyskretnych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi ocenić stabilność układów liniowych, nieliniowych i dyskretnych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student umie korzystać z programów narzędziowych z zakresu automatyki i sterowania.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W09</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">							Posiada wiedzę na temat stabilności układów liniowych.							</w:t>
+        <w:t xml:space="preserve">LiK2_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student umie korzystać z programów narzędziowych z zakresu automatyki i sterowania.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W10</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">							Posiada wiedzę na temat stabilności układów liniowych.							</w:t>
+        <w:t xml:space="preserve">LiK2_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student umie korzystać z programów narzędziowych z zakresu automatyki i sterowania.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W11</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">							Posiada wiedzę na temat stabilności układów liniowych.							</w:t>
+        <w:t xml:space="preserve">LiK2_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student umie korzystać z programów narzędziowych z zakresu automatyki i sterowania.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W13</w:t>
-[...1295 lines deleted...]
-        <w:t xml:space="preserve">							Student posiada znajomość metod optymalizacji układów sterowania.							</w:t>
+        <w:t xml:space="preserve">LiK2_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student umie korzystać z programów narzędziowych z zakresu automatyki i sterowania.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W01</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">							Student posiada znajomość metod optymalizacji układów sterowania.							</w:t>
+        <w:t xml:space="preserve">LiK2_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student umie zaprojektować układ sterowania z użyciem niekonwencjonalnych regulatorów.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student umie zaprojektować układ sterowania z użyciem niekonwencjonalnych regulatorów.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student umie zaprojektować układ sterowania z użyciem niekonwencjonalnych regulatorów.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student umie zaprojektować układ sterowania z użyciem niekonwencjonalnych regulatorów.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student umie zaprojektować układ sterowania z użyciem niekonwencjonalnych regulatorów.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student umie zaprojektować układ sterowania z użyciem niekonwencjonalnych regulatorów.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student umie zaprojektować układ sterowania z użyciem niekonwencjonalnych regulatorów.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student umie ocenić poprawność pracy układu regulacji.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W03</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">							Student posiada znajomość metod optymalizacji układów sterowania.							</w:t>
+        <w:t xml:space="preserve">LiK2_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student umie ocenić poprawność pracy układu regulacji.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W07</w:t>
-[...218 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">LiK2_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS648_U1: </w:t>
-[...164 lines deleted...]
-        <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student umie ocenić poprawność pracy układu regulacji.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student umie ocenić poprawność pracy układu regulacji.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student umie ocenić poprawność pracy układu regulacji.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK2_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS648_U1: </w:t>
-[...216 lines deleted...]
-        <w:t xml:space="preserve">							Student umie korzystać z programów narzędziowych z zakresu automatyki i sterowania.							</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student umie ocenić poprawność pracy układu regulacji.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U01</w:t>
-[...698 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">LiK2_U11</w:t>
-      </w:r>
-[...488 lines deleted...]
-        <w:t xml:space="preserve">LiK2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>