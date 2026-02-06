--- v1 (2026-01-17)
+++ v2 (2026-02-06)
@@ -2149,50 +2149,400 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada wiedzę na temat układów nieliniowych i metod oceny ich stabilności.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada wiedzę na temat układów nieliniowych i metod oceny ich stabilności.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada wiedzę na temat układów nieliniowych i metod oceny ich stabilności.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada wiedzę na temat układów nieliniowych i metod oceny ich stabilności.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada wiedzę na temat układów nieliniowych i metod oceny ich stabilności.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -2528,2062 +2878,1712 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS648_W4: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Kolokwium. </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada wiedzę na temat  dyskretnych układów sterowania.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada wiedzę na temat  dyskretnych układów sterowania.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada wiedzę na temat  dyskretnych układów sterowania.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada wiedzę na temat  dyskretnych układów sterowania.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada wiedzę na temat  dyskretnych układów sterowania.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada wiedzę na temat  dyskretnych układów sterowania.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada wiedzę na temat  dyskretnych układów sterowania.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada znajomość metod optymalizacji układów sterowania.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK2_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS648_W4: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Kolokwium. </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada znajomość metod optymalizacji układów sterowania.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK2_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS648_W4: </w:t>
-[...94 lines deleted...]
-        <w:t xml:space="preserve">Kolokwium. </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada znajomość metod optymalizacji układów sterowania.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK2_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...574 lines deleted...]
-        <w:t xml:space="preserve">							Student posiada znajomość metod optymalizacji układów sterowania.							</w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi ocenić stabilność układów liniowych, nieliniowych i dyskretnych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi ocenić stabilność układów liniowych, nieliniowych i dyskretnych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi ocenić stabilność układów liniowych, nieliniowych i dyskretnych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi ocenić stabilność układów liniowych, nieliniowych i dyskretnych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi ocenić stabilność układów liniowych, nieliniowych i dyskretnych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi ocenić stabilność układów liniowych, nieliniowych i dyskretnych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi ocenić stabilność układów liniowych, nieliniowych i dyskretnych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi ocenić stabilność układów liniowych, nieliniowych i dyskretnych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi ocenić stabilność układów liniowych, nieliniowych i dyskretnych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student umie korzystać z programów narzędziowych z zakresu automatyki i sterowania.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W01</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">							Student posiada znajomość metod optymalizacji układów sterowania.							</w:t>
+        <w:t xml:space="preserve">LiK2_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student umie korzystać z programów narzędziowych z zakresu automatyki i sterowania.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W03</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">							Student posiada znajomość metod optymalizacji układów sterowania.							</w:t>
+        <w:t xml:space="preserve">LiK2_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student umie korzystać z programów narzędziowych z zakresu automatyki i sterowania.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W07</w:t>
-[...483 lines deleted...]
-        <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
+        <w:t xml:space="preserve">LiK2_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student umie korzystać z programów narzędziowych z zakresu automatyki i sterowania.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS648_U1: </w:t>
-[...138 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS648_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Student umie korzystać z programów narzędziowych z zakresu automatyki i sterowania.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U09</w:t>
-[...68 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">LiK2_U10</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">LiK2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>