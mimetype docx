--- v2 (2026-02-06)
+++ v3 (2026-02-27)
@@ -749,50 +749,260 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Znajomość modelowania układów dynamicznych różnymi metodami.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Znajomość modelowania układów dynamicznych różnymi metodami.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Znajomość modelowania układów dynamicznych różnymi metodami.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -918,268 +1128,2298 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS648_W1: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">							Znajomość modelowania układów dynamicznych różnymi metodami.							</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat niekonwencjonalnych rozwiązań układów sterowania.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat niekonwencjonalnych rozwiązań układów sterowania.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat niekonwencjonalnych rozwiązań układów sterowania.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat niekonwencjonalnych rozwiązań układów sterowania.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat niekonwencjonalnych rozwiązań układów sterowania.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS648_W1: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">							Znajomość modelowania układów dynamicznych różnymi metodami.							</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat niekonwencjonalnych rozwiązań układów sterowania.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat niekonwencjonalnych rozwiązań układów sterowania.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat stabilności układów liniowych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat stabilności układów liniowych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat stabilności układów liniowych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat stabilności układów liniowych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat stabilności układów liniowych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat stabilności układów liniowych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS648_W1: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">							Znajomość modelowania układów dynamicznych różnymi metodami.							</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat stabilności układów liniowych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada wiedzę na temat układów nieliniowych i metod oceny ich stabilności.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada wiedzę na temat układów nieliniowych i metod oceny ich stabilności.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada wiedzę na temat układów nieliniowych i metod oceny ich stabilności.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada wiedzę na temat układów nieliniowych i metod oceny ich stabilności.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada wiedzę na temat układów nieliniowych i metod oceny ich stabilności.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada wiedzę na temat układów nieliniowych i metod oceny ich stabilności.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada wiedzę na temat układów nieliniowych i metod oceny ich stabilności.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada wiedzę na temat układów nieliniowych i metod oceny ich stabilności.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS648_W2: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">							Posiada wiedzę na temat niekonwencjonalnych rozwiązań układów sterowania.							</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada wiedzę na temat układów nieliniowych i metod oceny ich stabilności.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada wiedzę na temat układów nieliniowych i metod oceny ich stabilności.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada wiedzę na temat układów nieliniowych i metod oceny ich stabilności.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada wiedzę na temat  dyskretnych układów sterowania.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada wiedzę na temat  dyskretnych układów sterowania.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada wiedzę na temat  dyskretnych układów sterowania.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada wiedzę na temat  dyskretnych układów sterowania.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada wiedzę na temat  dyskretnych układów sterowania.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada wiedzę na temat  dyskretnych układów sterowania.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada wiedzę na temat  dyskretnych układów sterowania.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada znajomość metod optymalizacji układów sterowania.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1198,58 +3438,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS648_W2: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">							Posiada wiedzę na temat niekonwencjonalnych rozwiązań układów sterowania.							</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada znajomość metod optymalizacji układów sterowania.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1268,58 +3508,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS648_W2: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">							Posiada wiedzę na temat niekonwencjonalnych rozwiązań układów sterowania.							</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_W6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada znajomość metod optymalizacji układów sterowania.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1330,3750 +3570,1510 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK2_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">							Posiada wiedzę na temat niekonwencjonalnych rozwiązań układów sterowania.							</w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi ocenić stabilność układów liniowych, nieliniowych i dyskretnych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi ocenić stabilność układów liniowych, nieliniowych i dyskretnych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi ocenić stabilność układów liniowych, nieliniowych i dyskretnych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi ocenić stabilność układów liniowych, nieliniowych i dyskretnych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi ocenić stabilność układów liniowych, nieliniowych i dyskretnych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi ocenić stabilność układów liniowych, nieliniowych i dyskretnych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi ocenić stabilność układów liniowych, nieliniowych i dyskretnych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi ocenić stabilność układów liniowych, nieliniowych i dyskretnych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi ocenić stabilność układów liniowych, nieliniowych i dyskretnych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student umie korzystać z programów narzędziowych z zakresu automatyki i sterowania.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W09</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">							Posiada wiedzę na temat niekonwencjonalnych rozwiązań układów sterowania.							</w:t>
+        <w:t xml:space="preserve">LiK2_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student umie korzystać z programów narzędziowych z zakresu automatyki i sterowania.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W10</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">							Posiada wiedzę na temat niekonwencjonalnych rozwiązań układów sterowania.							</w:t>
+        <w:t xml:space="preserve">LiK2_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student umie korzystać z programów narzędziowych z zakresu automatyki i sterowania.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W13</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">							Posiada wiedzę na temat niekonwencjonalnych rozwiązań układów sterowania.							</w:t>
+        <w:t xml:space="preserve">LiK2_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student umie korzystać z programów narzędziowych z zakresu automatyki i sterowania.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W15</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">							Posiada wiedzę na temat stabilności układów liniowych.							</w:t>
+        <w:t xml:space="preserve">LiK2_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student umie korzystać z programów narzędziowych z zakresu automatyki i sterowania.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W01</w:t>
-[...2023 lines deleted...]
-        <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
+        <w:t xml:space="preserve">LiK2_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student umie zaprojektować układ sterowania z użyciem niekonwencjonalnych regulatorów.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student umie zaprojektować układ sterowania z użyciem niekonwencjonalnych regulatorów.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student umie zaprojektować układ sterowania z użyciem niekonwencjonalnych regulatorów.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student umie zaprojektować układ sterowania z użyciem niekonwencjonalnych regulatorów.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student umie zaprojektować układ sterowania z użyciem niekonwencjonalnych regulatorów.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student umie zaprojektować układ sterowania z użyciem niekonwencjonalnych regulatorów.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS648_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student umie zaprojektować układ sterowania z użyciem niekonwencjonalnych regulatorów.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK2_U05</w:t>
-      </w:r>
-[...1328 lines deleted...]
-        <w:t xml:space="preserve">LiK2_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>