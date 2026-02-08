--- v1 (2026-01-16)
+++ v2 (2026-02-08)
@@ -1532,50 +1532,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Bieżąca praca na laboratorium, ocena projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_U24</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK348_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi, wykorzystując odpowiedni pakiet inżynierski, wykonać symulację prostego zagadnienia przepływowego a następnie zinterpretować krytycznie wyniki.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Bieżąca praca na laboratorium, ocena projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1631,92 +1701,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK348_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK348_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi, wykorzystując odpowiedni pakiet inżynierski, wykonać symulację prostego zagadnienia przepływowego a następnie zinterpretować krytycznie wyniki.</w:t>
+        <w:t xml:space="preserve">Potrafi, wykorzystując odpowiedni pakiet inżynierski, przygotować siatkę obliczeniową dla prostego zagadnienia przepływowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Bieżąca praca na laboratorium, ocena projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_U24</w:t>
+        <w:t xml:space="preserve">E2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1743,120 +1813,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Bieżąca praca na laboratorium, ocena projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E2_U18</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">E2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>