--- v2 (2026-02-08)
+++ v3 (2026-02-28)
@@ -1102,411 +1102,551 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK348_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna ograniczenia stabilnościowe metod dyskretyzacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, kolokwia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_W16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK348_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna ograniczenia stabilnościowe metod dyskretyzacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, kolokwia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK348_W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK348_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna ograniczenia stabilnościowe metod dyskretyzacji.</w:t>
+        <w:t xml:space="preserve">Potrafi zdyskretyzować i rozwiązać proste zagadnienie brzegowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin, kolokwia.</w:t>
+        <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W03</w:t>
+        <w:t xml:space="preserve">E2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK348_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK348_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna ograniczenia stabilnościowe metod dyskretyzacji.</w:t>
+        <w:t xml:space="preserve">Potrafi zdyskretyzować i rozwiązać proste zagadnienie brzegowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin, kolokwia.</w:t>
+        <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W16</w:t>
+        <w:t xml:space="preserve">E2_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK348_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zdyskretyzować i rozwiązać proste zagadnienie brzegowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_U09</w:t>
+        <w:t xml:space="preserve">E2_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK348_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK348_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zdyskretyzować i rozwiązać proste zagadnienie brzegowe.</w:t>
+        <w:t xml:space="preserve">Potrafi, wykorzystując odpowiedni pakiet inżynierski, wykonać symulację prostego zagadnienia przepływowego a następnie zinterpretować krytycznie wyniki.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin.</w:t>
+        <w:t xml:space="preserve">Bieżąca praca na laboratorium, ocena projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_U13</w:t>
+        <w:t xml:space="preserve">E2_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK348_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK348_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zdyskretyzować i rozwiązać proste zagadnienie brzegowe.</w:t>
+        <w:t xml:space="preserve">Potrafi, wykorzystując odpowiedni pakiet inżynierski, wykonać symulację prostego zagadnienia przepływowego a następnie zinterpretować krytycznie wyniki.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin.</w:t>
+        <w:t xml:space="preserve">Bieżąca praca na laboratorium, ocena projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_U18</w:t>
+        <w:t xml:space="preserve">E2_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1533,190 +1673,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Bieżąca praca na laboratorium, ocena projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E2_U24</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">E2_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>