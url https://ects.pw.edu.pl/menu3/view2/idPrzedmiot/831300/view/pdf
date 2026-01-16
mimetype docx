--- v0 (2025-12-26)
+++ v1 (2026-01-16)
@@ -1548,50 +1548,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test praktyczny (laboratorium komputerowe).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka  ML.NK347_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Potrafi sformułować model numeryczny, świadomie wybrać metodę dyskretyzacji i algorytm rozwiązania.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test praktyczny (laboratorium komputerowe).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1619,120 +1689,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test praktyczny (laboratorium komputerowe).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E2_U13</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">E2_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>