--- v1 (2026-01-16)
+++ v2 (2026-02-27)
@@ -978,50 +978,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test teoretyczny na końcu semestru.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka  ML.NK347_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna podstawy współczesnych metod modelowania numerycznego zagadnień mechaniki płynów i wymiany ciepła, w tym: w szczególności metod objętości kontrolnych i elementów skończonych.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test teoretyczny na końcu semestru.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1077,662 +1147,592 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka  ML.NK347_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka  ML.NK347_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna podstawy współczesnych metod modelowania numerycznego zagadnień mechaniki płynów i wymiany ciepła, w tym: w szczególności metod objętości kontrolnych i elementów skończonych.														</w:t>
+        <w:t xml:space="preserve">							Zna podstawowe metody analizy i oszacowania błędów rozwiązań numerycznych dla zagadnień opisanych równaniami różniczkowymi cząstkowymi.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test teoretyczny na końcu semestru.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka  ML.NK347_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna podstawowe metody analizy i oszacowania błędów rozwiązań numerycznych dla zagadnień opisanych równaniami różniczkowymi cząstkowymi.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test teoretyczny na końcu semestru.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka  ML.NK347_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																					Ma podstawową wiedzę z zakresu oceny wiarygodności modeli symulacyjnych w procedurach weryfikacji i walidacji.																					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test teoretyczny na końcu semestru.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka  ML.NK347_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																					Ma podstawową wiedzę z zakresu oceny wiarygodności modeli symulacyjnych w procedurach weryfikacji i walidacji.																					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test teoretyczny na końcu semestru.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka  ML.NK347_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																					Ma podstawową wiedzę z zakresu oceny wiarygodności modeli symulacyjnych w procedurach weryfikacji i walidacji.																					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test teoretyczny na końcu semestru.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka  ML.NK347_W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka  ML.NK347_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna podstawowe metody analizy i oszacowania błędów rozwiązań numerycznych dla zagadnień opisanych równaniami różniczkowymi cząstkowymi.							</w:t>
+        <w:t xml:space="preserve">														Potrafi sformułować model numeryczny, świadomie wybrać metodę dyskretyzacji i algorytm rozwiązania.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Test teoretyczny na końcu semestru.</w:t>
+        <w:t xml:space="preserve">Test praktyczny (laboratorium komputerowe).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W01</w:t>
+        <w:t xml:space="preserve">E2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka  ML.NK347_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka  ML.NK347_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna podstawowe metody analizy i oszacowania błędów rozwiązań numerycznych dla zagadnień opisanych równaniami różniczkowymi cząstkowymi.							</w:t>
+        <w:t xml:space="preserve">														Potrafi sformułować model numeryczny, świadomie wybrać metodę dyskretyzacji i algorytm rozwiązania.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Test teoretyczny na końcu semestru.</w:t>
+        <w:t xml:space="preserve">Test praktyczny (laboratorium komputerowe).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W03</w:t>
+        <w:t xml:space="preserve">E2_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka  ML.NK347_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka  ML.NK347_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">																					Ma podstawową wiedzę z zakresu oceny wiarygodności modeli symulacyjnych w procedurach weryfikacji i walidacji.																					</w:t>
+        <w:t xml:space="preserve">														Potrafi sformułować model numeryczny, świadomie wybrać metodę dyskretyzacji i algorytm rozwiązania.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Test teoretyczny na końcu semestru.</w:t>
+        <w:t xml:space="preserve">Test praktyczny (laboratorium komputerowe).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W01</w:t>
-[...218 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">E2_U18</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">E2_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>