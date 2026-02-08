--- v1 (2026-01-15)
+++ v2 (2026-02-08)
@@ -1174,50 +1174,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena raportu sporządzonego na laboratorium komputerowym oraz test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_W16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK342_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna schemat działania typowego programu MES.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena raportu sporządzonego na laboratorium komputerowym oraz test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1265,216 +1335,356 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E2_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK342_W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK342_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna schemat działania typowego programu MES.</w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie zbudować dwuwymiarowy, liniowy model MES (ANSYS) konstrukcji (płaski stan naprężenia, płaski stan odkształcenia, osiowa symetria), wyznaczyć przemieszczenia, odkształcenia i naprężenia, przedstawić je w postaci wartości liczbowych, wykresów i map konturowych oraz wyciągnąć odpowiednie wnioski.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena raportu sporządzonego na laboratorium komputerowym oraz test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W16</w:t>
+        <w:t xml:space="preserve">E2_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK342_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi samodzielnie zbudować dwuwymiarowy, liniowy model MES (ANSYS) konstrukcji (płaski stan naprężenia, płaski stan odkształcenia, osiowa symetria), wyznaczyć przemieszczenia, odkształcenia i naprężenia, przedstawić je w postaci wartości liczbowych, wykresów i map konturowych oraz wyciągnąć odpowiednie wnioski.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena raportu sporządzonego na laboratorium komputerowym oraz test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK342_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi samodzielnie zbudować dwuwymiarowy, liniowy model MES (ANSYS) konstrukcji (płaski stan naprężenia, płaski stan odkształcenia, osiowa symetria), wyznaczyć przemieszczenia, odkształcenia i naprężenia, przedstawić je w postaci wartości liczbowych, wykresów i map konturowych oraz wyciągnąć odpowiednie wnioski.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena raportu sporządzonego na laboratorium komputerowym oraz test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U24</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK342_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi samodzielnie zbudować trójwymiarowy, liniowy model MES (ANSYS) konstrukcji, wyznaczyć przemieszczenia, odkształcenia i naprężenia, przedstawić je w postaci wartości liczbowych, wykresów i map konturowych oraz wyciągnąć odpowiednie wnioski.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena raportu sporządzonego na laboratorium komputerowym oraz test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK342_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK342_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi samodzielnie zbudować dwuwymiarowy, liniowy model MES (ANSYS) konstrukcji (płaski stan naprężenia, płaski stan odkształcenia, osiowa symetria), wyznaczyć przemieszczenia, odkształcenia i naprężenia, przedstawić je w postaci wartości liczbowych, wykresów i map konturowych oraz wyciągnąć odpowiednie wnioski.</w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie zbudować trójwymiarowy, liniowy model MES (ANSYS) konstrukcji, wyznaczyć przemieszczenia, odkształcenia i naprężenia, przedstawić je w postaci wartości liczbowych, wykresów i map konturowych oraz wyciągnąć odpowiednie wnioski.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena raportu sporządzonego na laboratorium komputerowym oraz test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1493,58 +1703,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK342_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK342_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi samodzielnie zbudować dwuwymiarowy, liniowy model MES (ANSYS) konstrukcji (płaski stan naprężenia, płaski stan odkształcenia, osiowa symetria), wyznaczyć przemieszczenia, odkształcenia i naprężenia, przedstawić je w postaci wartości liczbowych, wykresów i map konturowych oraz wyciągnąć odpowiednie wnioski.</w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie zbudować trójwymiarowy, liniowy model MES (ANSYS) konstrukcji, wyznaczyć przemieszczenia, odkształcenia i naprężenia, przedstawić je w postaci wartości liczbowych, wykresów i map konturowych oraz wyciągnąć odpowiednie wnioski.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena raportu sporządzonego na laboratorium komputerowym oraz test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1563,58 +1773,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK342_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK342_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi samodzielnie zbudować trójwymiarowy, liniowy model MES (ANSYS) konstrukcji, wyznaczyć przemieszczenia, odkształcenia i naprężenia, przedstawić je w postaci wartości liczbowych, wykresów i map konturowych oraz wyciągnąć odpowiednie wnioski.</w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie liniowy model MES (ANSYS) konstrukcji powłokowej, wyznaczyć przemieszczenia, odkształcenia i naprężenia, przedstawić je w postaci wartości liczbowych, wykresów i map konturowych oraz wyciągnąć odpowiednie wnioski.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena raportu sporządzonego na laboratorium komputerowym oraz test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1633,58 +1843,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK342_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK342_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi samodzielnie zbudować trójwymiarowy, liniowy model MES (ANSYS) konstrukcji, wyznaczyć przemieszczenia, odkształcenia i naprężenia, przedstawić je w postaci wartości liczbowych, wykresów i map konturowych oraz wyciągnąć odpowiednie wnioski.</w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie liniowy model MES (ANSYS) konstrukcji powłokowej, wyznaczyć przemieszczenia, odkształcenia i naprężenia, przedstawić je w postaci wartości liczbowych, wykresów i map konturowych oraz wyciągnąć odpowiednie wnioski.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena raportu sporządzonego na laboratorium komputerowym oraz test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1703,302 +1913,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK342_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK342_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi samodzielnie zbudować trójwymiarowy, liniowy model MES (ANSYS) konstrukcji, wyznaczyć przemieszczenia, odkształcenia i naprężenia, przedstawić je w postaci wartości liczbowych, wykresów i map konturowych oraz wyciągnąć odpowiednie wnioski.</w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie liniowy model MES (ANSYS) konstrukcji powłokowej, wyznaczyć przemieszczenia, odkształcenia i naprężenia, przedstawić je w postaci wartości liczbowych, wykresów i map konturowych oraz wyciągnąć odpowiednie wnioski.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena raportu sporządzonego na laboratorium komputerowym oraz test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E2_U24</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">E2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>