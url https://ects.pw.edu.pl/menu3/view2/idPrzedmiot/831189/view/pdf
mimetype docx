--- v1 (2026-01-15)
+++ v2 (2026-02-27)
@@ -1179,51 +1179,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W08</w:t>
+        <w:t xml:space="preserve">AiR2_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1250,51 +1250,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W02</w:t>
+        <w:t xml:space="preserve">AiR2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1331,51 +1331,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U01</w:t>
+        <w:t xml:space="preserve">AiR2_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1402,51 +1402,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U05</w:t>
+        <w:t xml:space="preserve">AiR2_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1473,51 +1473,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U06</w:t>
+        <w:t xml:space="preserve">AiR2_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1544,51 +1544,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U12</w:t>
+        <w:t xml:space="preserve">AiR2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1615,51 +1615,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U16</w:t>
+        <w:t xml:space="preserve">AiR2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1686,51 +1686,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U18</w:t>
+        <w:t xml:space="preserve">AiR2_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3035,51 +3035,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U12</w:t>
+        <w:t xml:space="preserve">AiR2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3106,51 +3106,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U16</w:t>
+        <w:t xml:space="preserve">AiR2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3177,51 +3177,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U18</w:t>
+        <w:t xml:space="preserve">AiR2_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3248,51 +3248,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U01</w:t>
+        <w:t xml:space="preserve">AiR2_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3319,51 +3319,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U05</w:t>
+        <w:t xml:space="preserve">AiR2_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3390,51 +3390,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U06</w:t>
+        <w:t xml:space="preserve">AiR2_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>