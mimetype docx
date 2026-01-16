--- v0 (2025-12-25)
+++ v1 (2026-01-16)
@@ -1195,471 +1195,471 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, obserwacja pracy studenta w trakcie zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK716_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">				Potrafi określić podstawowe zadania (i metody ich realizacji) stawiane przed podmiotami tworzącymi współczesny System Elektroenergetyczny.	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, obserwacja pracy studenta w trakcie zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK716_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">				Potrafi określić podstawowe zadania (i metody ich realizacji) stawiane przed podmiotami tworzącymi współczesny System Elektroenergetyczny.	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, obserwacja pracy studenta w trakcie zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK716_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">				Potrafi określić podstawowe zadania (i metody ich realizacji) stawiane przed podmiotami tworzącymi współczesny System Elektroenergetyczny.	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, obserwacja pracy studenta w trakcie zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK716_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK716_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">				Potrafi określić podstawowe zadania (i metody ich realizacji) stawiane przed podmiotami tworzącymi współczesny System Elektroenergetyczny.	</w:t>
+        <w:t xml:space="preserve">							Potrafi rozwiązać problem obliczeniowy z zakresu wyznaczenia podstaw stanu pracy systemu elektroenergetycznego.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, obserwacja pracy studenta w trakcie zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK716_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi rozwiązać problem obliczeniowy z zakresu wyznaczenia podstaw stanu pracy systemu elektroenergetycznego.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, obserwacja pracy studenta w trakcie zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK716_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi rozwiązać problem obliczeniowy z zakresu wyznaczenia podstaw stanu pracy systemu elektroenergetycznego.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, obserwacja pracy studenta w trakcie zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U01</w:t>
-      </w:r>
-[...348 lines deleted...]
-        <w:t xml:space="preserve">E1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>