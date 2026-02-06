--- v1 (2026-01-16)
+++ v2 (2026-02-06)
@@ -1475,50 +1475,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, obserwacja pracy studenta w trakcie zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK716_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi rozwiązać problem obliczeniowy z zakresu wyznaczenia podstaw stanu pracy systemu elektroenergetycznego.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, obserwacja pracy studenta w trakcie zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1546,120 +1616,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, obserwacja pracy studenta w trakcie zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U20</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">E1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>