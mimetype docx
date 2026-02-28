--- v2 (2026-02-06)
+++ v3 (2026-02-28)
@@ -765,191 +765,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, obserwacja pracy studenta w trakcie zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK716_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Posiada wiedzę o funkcjonowaniu sieci i systemów elektroenergetycznych.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, obserwacja pracy studenta w trakcie zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK716_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Posiada wiedzę o funkcjonowaniu sieci i systemów elektroenergetycznych.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, obserwacja pracy studenta w trakcie zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W12</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">E1_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>