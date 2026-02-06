--- v0 (2026-01-15)
+++ v1 (2026-02-06)
@@ -1104,191 +1104,331 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny, ocena pracy studenta na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK443_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie wyznaczyć najważniejsze parametry systemu energetycznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian pisemny, ocena pracy studenta na zajęciach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK443_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie wyznaczyć najważniejsze parametry systemu energetycznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian pisemny, ocena pracy studenta na zajęciach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK443_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK443_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie wyznaczyć najważniejsze parametry systemu energetycznego.</w:t>
+        <w:t xml:space="preserve">Umie wyznaczyć odpowiednie ograniczenia wynikające z norm i regulacji prawnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny, ocena pracy studenta na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U14</w:t>
+        <w:t xml:space="preserve">E1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK443_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK443_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie wyznaczyć najważniejsze parametry systemu energetycznego.</w:t>
+        <w:t xml:space="preserve">Umie wyznaczyć odpowiednie ograniczenia wynikające z norm i regulacji prawnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny, ocena pracy studenta na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U16</w:t>
+        <w:t xml:space="preserve">E1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1314,50 +1454,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny, ocena pracy studenta na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK443_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie wyznaczyć odpowiednie ograniczenia wynikające z norm i regulacji prawnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian pisemny, ocena pracy studenta na zajęciach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1525,260 +1735,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny, ocena pracy studenta na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U29</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">E1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>