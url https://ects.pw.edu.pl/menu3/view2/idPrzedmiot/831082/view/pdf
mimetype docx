--- v1 (2026-02-06)
+++ v2 (2026-02-28)
@@ -1104,50 +1104,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny, ocena pracy studenta na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK443_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie wyznaczyć najważniejsze parametry systemu energetycznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian pisemny, ocena pracy studenta na zajęciach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1203,91 +1273,301 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK443_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK443_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie wyznaczyć najważniejsze parametry systemu energetycznego.</w:t>
+        <w:t xml:space="preserve">Umie wyznaczyć odpowiednie ograniczenia wynikające z norm i regulacji prawnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny, ocena pracy studenta na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK443_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie wyznaczyć odpowiednie ograniczenia wynikające z norm i regulacji prawnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian pisemny, ocena pracy studenta na zajęciach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK443_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie wyznaczyć odpowiednie ograniczenia wynikające z norm i regulacji prawnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian pisemny, ocena pracy studenta na zajęciach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK443_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie wyznaczyć odpowiednie ograniczenia wynikające z norm i regulacji prawnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian pisemny, ocena pracy studenta na zajęciach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1314,471 +1594,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny, ocena pracy studenta na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK443_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie wyznaczyć odpowiednie ograniczenia wynikające z norm i regulacji prawnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian pisemny, ocena pracy studenta na zajęciach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U29</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK443_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie wyznaczyć odpowiednie ograniczenia wynikające z norm i regulacji prawnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian pisemny, ocena pracy studenta na zajęciach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U01</w:t>
-      </w:r>
-[...418 lines deleted...]
-        <w:t xml:space="preserve">E1_U29</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>