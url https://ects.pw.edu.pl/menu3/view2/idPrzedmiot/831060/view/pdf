--- v0 (2026-01-16)
+++ v1 (2026-02-27)
@@ -1625,50 +1625,400 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS509A _W8: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna metody służące do określania zużycia energii w budynkach.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS509A _W8: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna metody służące do określania zużycia energii w budynkach.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS509A _W8: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna metody służące do określania zużycia energii w budynkach.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS509A _W8: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna metody służące do określania zużycia energii w budynkach.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS509A _W8: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna metody służące do określania zużycia energii w budynkach.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1724,58 +2074,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS509A _W8: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Student zna metody służące do określania zużycia energii w budynkach.														</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS509A _W9: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna metody ocena energetycznej budynków oraz zagadnienia związane z termomodernizacją.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1794,198 +2144,338 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS509A _W8: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Student zna metody służące do określania zużycia energii w budynkach.														</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS509A _W9: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna metody ocena energetycznej budynków oraz zagadnienia związane z termomodernizacją.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS509A _W9: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna metody ocena energetycznej budynków oraz zagadnienia związane z termomodernizacją.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS509A _W8: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Student zna metody służące do określania zużycia energii w budynkach.														</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS509A _W9: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna metody ocena energetycznej budynków oraz zagadnienia związane z termomodernizacją.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS509A _W9: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna metody ocena energetycznej budynków oraz zagadnienia związane z termomodernizacją.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS509A _W8: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Student zna metody służące do określania zużycia energii w budynkach.														</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS509A _W9: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna metody ocena energetycznej budynków oraz zagadnienia związane z termomodernizacją.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2004,58 +2494,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS509A _W8: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Student zna metody służące do określania zużycia energii w budynkach.														</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS509A _W9: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna metody ocena energetycznej budynków oraz zagadnienia związane z termomodernizacją.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2115,51 +2605,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W05</w:t>
+        <w:t xml:space="preserve">E1_W24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2185,587 +2675,587 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W10</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Student zna metody ocena energetycznej budynków oraz zagadnienia związane z termomodernizacją.														</w:t>
+        <w:t xml:space="preserve">E1_W28</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS509A _U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi zweryfikować zgodność rozwiązania z aktualnymi wymaganiami prawnymi.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W12</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Student zna metody ocena energetycznej budynków oraz zagadnienia związane z termomodernizacją.														</w:t>
+        <w:t xml:space="preserve">E1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS509A _U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi zweryfikować zgodność rozwiązania z aktualnymi wymaganiami prawnymi.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W13</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Student zna metody ocena energetycznej budynków oraz zagadnienia związane z termomodernizacją.														</w:t>
+        <w:t xml:space="preserve">E1_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS509A _U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi odczytać informacje z rysunku architektoniczno-budowlanego.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W14</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Student zna metody ocena energetycznej budynków oraz zagadnienia związane z termomodernizacją.														</w:t>
+        <w:t xml:space="preserve">E1_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS509A _U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi odczytać informacje z rysunku architektoniczno-budowlanego.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W16</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Student zna metody ocena energetycznej budynków oraz zagadnienia związane z termomodernizacją.														</w:t>
+        <w:t xml:space="preserve">E1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS509A _U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi odczytać informacje z rysunku architektoniczno-budowlanego.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W18</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Student zna metody ocena energetycznej budynków oraz zagadnienia związane z termomodernizacją.														</w:t>
+        <w:t xml:space="preserve">E1_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS509A _U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie wskazać sposób wykorzystania materiału budowlanego, zależnie od jego właściwości.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W24</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Student zna metody ocena energetycznej budynków oraz zagadnienia związane z termomodernizacją.														</w:t>
+        <w:t xml:space="preserve">E1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS509A _U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie wskazać sposób wykorzystania materiału budowlanego, zależnie od jego właściwości.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W28</w:t>
-[...45 lines deleted...]
-        <w:t xml:space="preserve">Student potrafi zweryfikować zgodność rozwiązania z aktualnymi wymaganiami prawnymi.														</w:t>
+        <w:t xml:space="preserve">E1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS509A _U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi sklasyfikować budynek pod względem konstrukcyjnym.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2784,1212 +3274,722 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS509A _U1: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Student potrafi zweryfikować zgodność rozwiązania z aktualnymi wymaganiami prawnymi.														</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS509A _U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi sklasyfikować budynek pod względem konstrukcyjnym.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U07</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Student potrafi odczytać informacje z rysunku architektoniczno-budowlanego.														</w:t>
+        <w:t xml:space="preserve">E1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS509A _U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi zaproponować sposób lokalizacji instalacji wewnętrznych z uwzględnieniem konstrukcji budynków.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS509A _U6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi zweryfikować rozwiązanie konstrukcyjne pod względem cieplno-wilgotnościowym. Student potrafi zaproponować prawidłowe rozwiązanie.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS509A _U2: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Student potrafi odczytać informacje z rysunku architektoniczno-budowlanego.														</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS509A _U6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi zweryfikować rozwiązanie konstrukcyjne pod względem cieplno-wilgotnościowym. Student potrafi zaproponować prawidłowe rozwiązanie.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U07</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Student potrafi odczytać informacje z rysunku architektoniczno-budowlanego.														</w:t>
+        <w:t xml:space="preserve">E1_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS509A _U6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi zweryfikować rozwiązanie konstrukcyjne pod względem cieplno-wilgotnościowym. Student potrafi zaproponować prawidłowe rozwiązanie.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS509A _U7: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi określić zużycie energii w budynku za pomocą metody bilansów miesięcznych.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U28</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS509A _U7: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi określić zużycie energii w budynku za pomocą metody bilansów miesięcznych.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS509A _U7: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi określić zużycie energii w budynku za pomocą metody bilansów miesięcznych.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS509A _U3: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Student umie wskazać sposób wykorzystania materiału budowlanego, zależnie od jego właściwości.														</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS509A _U7: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi określić zużycie energii w budynku za pomocą metody bilansów miesięcznych.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U01</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Student umie wskazać sposób wykorzystania materiału budowlanego, zależnie od jego właściwości.														</w:t>
+        <w:t xml:space="preserve">E1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS509A _U7: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi określić zużycie energii w budynku za pomocą metody bilansów miesięcznych.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U05</w:t>
-[...348 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">E1_U12</w:t>
-      </w:r>
-[...418 lines deleted...]
-        <w:t xml:space="preserve">E1_U28</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>