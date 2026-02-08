--- v0 (2026-01-16)
+++ v1 (2026-02-08)
@@ -1303,50 +1303,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W31</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podstawową wiedzę o międzynarodowych i krajowych regulacjach prawnych z zakresu ochrony środowiska.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1402,372 +1472,302 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW109_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową wiedzę o międzynarodowych i krajowych regulacjach prawnych z zakresu ochrony środowiska.</w:t>
+        <w:t xml:space="preserve">Zna podstawowe problemy związane z systemem finansowania ochrony środowiska.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia</w:t>
+        <w:t xml:space="preserve">Kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_W6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe problemy związane z systemem finansowania ochrony środowiska.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W31</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW109_W6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_W7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe problemy związane z systemem finansowania ochrony środowiska.</w:t>
+        <w:t xml:space="preserve">Zna podstawowe grupy metod ochrony środowiska w przemyśle i transporcie (atmosfera, hydrosfera, litosfera, promieniowanie, hałas).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia.</w:t>
+        <w:t xml:space="preserve">Kolokwia, praca na zajęciach. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_W7: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe grupy metod ochrony środowiska w przemyśle i transporcie (atmosfera, hydrosfera, litosfera, promieniowanie, hałas).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia, praca na zajęciach. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W14</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">E1_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>