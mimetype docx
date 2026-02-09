--- v0 (2025-12-27)
+++ v1 (2026-02-09)
@@ -757,50 +757,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium nr 1, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę z zakresu budowy, celów i metod integracji systemów pomiarowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr 1, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -926,58 +996,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS612_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę z zakresu budowy, celów i metod integracji systemów pomiarowych.</w:t>
+        <w:t xml:space="preserve">Posiada usystematyzowaną wiedzę na temat rodzajów i właściwości czujników pomiarowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium nr 1, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1037,431 +1107,641 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium nr 1, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada usystematyzowaną wiedzę na temat rodzajów i właściwości czujników pomiarowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr 1, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada podstawową wiedzę z zakresu statystycznej analizy wyników eksperymentu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr 2, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada podstawową wiedzę z zakresu statystycznej analizy wyników eksperymentu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr 2, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS612_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada usystematyzowaną wiedzę na temat rodzajów i właściwości czujników pomiarowych.</w:t>
+        <w:t xml:space="preserve">Posiada podstawową wiedzę z zakresu statystycznej analizy wyników eksperymentu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium nr 1, projekt.</w:t>
+        <w:t xml:space="preserve">Kolokwium nr 2, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_W14</w:t>
+        <w:t xml:space="preserve">LiK1_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS612_W2: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada usystematyzowaną wiedzę na temat rodzajów i właściwości czujników pomiarowych.</w:t>
+        <w:t xml:space="preserve">Potrafi wskazać czujniki i strukturę systemu pomiarowego właściwe dla danego procesu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium nr 1, projekt.</w:t>
+        <w:t xml:space="preserve">Projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_W16</w:t>
+        <w:t xml:space="preserve">LiK1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS612_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada podstawową wiedzę z zakresu statystycznej analizy wyników eksperymentu.</w:t>
+        <w:t xml:space="preserve">Potrafi wskazać czujniki i strukturę systemu pomiarowego właściwe dla danego procesu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium nr 2, projekt.</w:t>
+        <w:t xml:space="preserve">Projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_W01</w:t>
+        <w:t xml:space="preserve">LiK1_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS612_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada podstawową wiedzę z zakresu statystycznej analizy wyników eksperymentu.</w:t>
+        <w:t xml:space="preserve">Potrafi wskazać czujniki i strukturę systemu pomiarowego właściwe dla danego procesu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium nr 2, projekt.</w:t>
+        <w:t xml:space="preserve">Projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_W02</w:t>
+        <w:t xml:space="preserve">LiK1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS612_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada podstawową wiedzę z zakresu statystycznej analizy wyników eksperymentu.</w:t>
+        <w:t xml:space="preserve">Potrafi wskazać czujniki i strukturę systemu pomiarowego właściwe dla danego procesu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium nr 2, projekt.</w:t>
+        <w:t xml:space="preserve">Projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_W19</w:t>
+        <w:t xml:space="preserve">LiK1_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS612_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wskazać czujniki i strukturę systemu pomiarowego właściwe dla danego procesu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
@@ -1678,330 +1958,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK1_U07</w:t>
-      </w:r>
-[...278 lines deleted...]
-        <w:t xml:space="preserve">LiK1_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>