--- v0 (2025-12-26)
+++ v1 (2026-01-16)
@@ -1171,87 +1171,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK473_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">				Ma podstawową wiedzę nt. podstaw teoretycznych dynamiki gazów, zna wpływ ściśliwości na charakterystyki aerodynamiczne.										</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK473_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK473_W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">				Ma podstawową wiedzę nt. podstaw teoretycznych dynamiki gazów, zna wpływ ściśliwości na charakterystyki aerodynamiczne.										</w:t>
+        <w:t xml:space="preserve">			Ma podstawową wiedzę nt. przepływów ściśliwych poddźwiękowych, okołodźwiękowych oraz naddźwiękowych. Zna pojęcia oporu falowego, krytycznej liczby Macha, liczby Macha wzrostu oporu, buffetingu transonicznego, nagrzewania aerodynamicznego.											</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1262,146 +1332,146 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK1_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK473_W6: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK473_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">			Ma podstawową wiedzę nt. przepływów ściśliwych poddźwiękowych, okołodźwiękowych oraz naddźwiękowych. Zna pojęcia oporu falowego, krytycznej liczby Macha, liczby Macha wzrostu oporu, buffetingu transonicznego, nagrzewania aerodynamicznego.											</w:t>
+        <w:t xml:space="preserve">Potrafi opisać sposób wyznaczania potencjalnego opływu profilu lotniczego z uwzględnieniem warunku Kutty-Zukowskiego.											</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_W11</w:t>
+        <w:t xml:space="preserve">LiK1_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK473_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK473_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi opisać sposób wyznaczania potencjalnego opływu profilu lotniczego z uwzględnieniem warunku Kutty-Zukowskiego.											</w:t>
+        <w:t xml:space="preserve">	Potrafi wyznaczyć opór indukowany, a także objaśnić fizyczne powody jego powstawania i związek z geometrią skrzydła.													</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1462,120 +1532,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK1_U18</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">LiK1_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>