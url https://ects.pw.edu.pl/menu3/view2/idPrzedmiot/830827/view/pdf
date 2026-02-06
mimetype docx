--- v1 (2026-01-16)
+++ v2 (2026-02-06)
@@ -1171,121 +1171,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK473_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">				Ma podstawową wiedzę nt. podstaw teoretycznych dynamiki gazów, zna wpływ ściśliwości na charakterystyki aerodynamiczne.										</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_W11</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">LiK1_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>