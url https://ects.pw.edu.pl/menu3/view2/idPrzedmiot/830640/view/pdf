--- v0 (2025-12-25)
+++ v1 (2026-02-28)
@@ -857,51 +857,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">▪ praca na lekcji, ▪ prace domowe, ▪ krótkie prace kontrolne, ▪ egazmin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U01</w:t>
+        <w:t xml:space="preserve">MiBM1_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -941,51 +941,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">▪ praca na lekcji, ▪ prace domowe, ▪ krótkie prace kontrolne, ▪ egazmin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U02</w:t>
+        <w:t xml:space="preserve">MiBM1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1025,51 +1025,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">▪ praca na lekcji, ▪ prace domowe, ▪ krótkie prace kontrolne, ▪ egazmin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U03</w:t>
+        <w:t xml:space="preserve">MiBM1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1109,51 +1109,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">▪ praca na lekcji, ▪ prace domowe, ▪ krótkie prace kontrolne, ▪ egazmin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U04</w:t>
+        <w:t xml:space="preserve">MiBM1_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1193,51 +1193,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">▪ praca na lekcji, ▪ prace domowe, ▪ krótkie prace kontrolne, ▪ egazmin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U06</w:t>
+        <w:t xml:space="preserve">MiBM1_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>