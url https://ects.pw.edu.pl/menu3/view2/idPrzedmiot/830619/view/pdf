--- v0 (2025-12-25)
+++ v1 (2026-02-06)
@@ -757,157 +757,507 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy oraz ocena przygotowania do ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK46_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę w zakresie: obrabiarek CNC, centrów obróbkowych, gniazd zrobotyzowanych oraz ich programowaniu.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Testy oraz ocena przygotowania do ćwiczeń laboratoryjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK46_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę w zakresie: obrabiarek CNC, centrów obróbkowych, gniazd zrobotyzowanych oraz ich programowaniu.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Testy oraz ocena przygotowania do ćwiczeń laboratoryjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK46_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_W1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Posiada wiedzę w zakresie: obrabiarek CNC, centrów obróbkowych, gniazd zrobotyzowanych oraz ich programowaniu.							</w:t>
+        <w:t xml:space="preserve">							Posiada wiedzę o: strukturze procesów produkcyjnych, doborze półfabrykatów i metodach obróbki.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve"> Testy oraz ocena przygotowania do ćwiczeń laboratoryjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę o: strukturze procesów produkcyjnych, doborze półfabrykatów i metodach obróbki.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> Testy oraz ocena przygotowania do ćwiczeń laboratoryjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę o: strukturze procesów produkcyjnych, doborze półfabrykatów i metodach obróbki.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> Testy oraz ocena przygotowania do ćwiczeń laboratoryjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna zasady projektowania procesów technologicznych, strukturę operacji i procesów. Zna zasady: ustalania i mocowania przedmiotu obrabianego, wymiarowania technologicznego.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Testy oraz ocena przygotowania do ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK46_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Posiada wiedzę w zakresie: obrabiarek CNC, centrów obróbkowych, gniazd zrobotyzowanych oraz ich programowaniu.							</w:t>
+        <w:t xml:space="preserve">							Zna zasady projektowania procesów technologicznych, strukturę operacji i procesów. Zna zasady: ustalania i mocowania przedmiotu obrabianego, wymiarowania technologicznego.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy oraz ocena przygotowania do ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -926,1362 +1276,1012 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK464_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Posiada wiedzę o: strukturze procesów produkcyjnych, doborze półfabrykatów i metodach obróbki.							</w:t>
+        <w:t xml:space="preserve">							Zna zasady projektowania procesów technologicznych, strukturę operacji i procesów. Zna zasady: ustalania i mocowania przedmiotu obrabianego, wymiarowania technologicznego.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve"> Testy oraz ocena przygotowania do ćwiczeń laboratoryjnych.</w:t>
+        <w:t xml:space="preserve">Testy oraz ocena przygotowania do ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W06</w:t>
+        <w:t xml:space="preserve">MiBM1_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK464_W1: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Posiada wiedzę o: strukturze procesów produkcyjnych, doborze półfabrykatów i metodach obróbki.							</w:t>
+        <w:t xml:space="preserve">							Umie zorientować części w procesie technologicznym i montażu automatycznym.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve"> Testy oraz ocena przygotowania do ćwiczeń laboratoryjnych.</w:t>
+        <w:t xml:space="preserve">Testy oraz ocena sprawozdań z ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W10</w:t>
+        <w:t xml:space="preserve">MiBM1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK464_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Posiada wiedzę o: strukturze procesów produkcyjnych, doborze półfabrykatów i metodach obróbki.							</w:t>
+        <w:t xml:space="preserve">							Umie zorientować części w procesie technologicznym i montażu automatycznym.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve"> Testy oraz ocena przygotowania do ćwiczeń laboratoryjnych.</w:t>
+        <w:t xml:space="preserve">Testy oraz ocena sprawozdań z ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W11</w:t>
+        <w:t xml:space="preserve">MiBM1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK464_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna zasady projektowania procesów technologicznych, strukturę operacji i procesów. Zna zasady: ustalania i mocowania przedmiotu obrabianego, wymiarowania technologicznego.						</w:t>
+        <w:t xml:space="preserve">							Umie zorientować części w procesie technologicznym i montażu automatycznym.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Testy oraz ocena przygotowania do ćwiczeń laboratoryjnych.</w:t>
+        <w:t xml:space="preserve">Testy oraz ocena sprawozdań z ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W06</w:t>
+        <w:t xml:space="preserve">MiBM1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK464_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna zasady projektowania procesów technologicznych, strukturę operacji i procesów. Zna zasady: ustalania i mocowania przedmiotu obrabianego, wymiarowania technologicznego.						</w:t>
+        <w:t xml:space="preserve">							Umie zorientować części w procesie technologicznym i montażu automatycznym.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Testy oraz ocena przygotowania do ćwiczeń laboratoryjnych.</w:t>
+        <w:t xml:space="preserve">Testy oraz ocena sprawozdań z ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W10</w:t>
+        <w:t xml:space="preserve">MiBM1_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK464_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna zasady projektowania procesów technologicznych, strukturę operacji i procesów. Zna zasady: ustalania i mocowania przedmiotu obrabianego, wymiarowania technologicznego.						</w:t>
+        <w:t xml:space="preserve">							Umie zorientować części w procesie technologicznym i montażu automatycznym.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Testy oraz ocena przygotowania do ćwiczeń laboratoryjnych.</w:t>
+        <w:t xml:space="preserve">Testy oraz ocena sprawozdań z ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W11</w:t>
+        <w:t xml:space="preserve">MiBM1_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK464_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Umie zorientować części w procesie technologicznym i montażu automatycznym.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy oraz ocena sprawozdań z ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Potrafi zaprojektować operacje obróbkowe na obrabiarki CNC.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Testy oraz ocena sprawozdań z ćwiczeń laboratoryjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Potrafi zaprojektować operacje obróbkowe na obrabiarki CNC.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Testy oraz ocena sprawozdań z ćwiczeń laboratoryjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Potrafi zaprojektować operacje obróbkowe na obrabiarki CNC.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Testy oraz ocena sprawozdań z ćwiczeń laboratoryjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Potrafi zaprojektować operacje obróbkowe na obrabiarki CNC.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Testy oraz ocena sprawozdań z ćwiczeń laboratoryjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Potrafi zaprojektować operacje obróbkowe na obrabiarki CNC.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Testy oraz ocena sprawozdań z ćwiczeń laboratoryjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Potrafi zaprojektować operacje obróbkowe na obrabiarki CNC.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Testy oraz ocena sprawozdań z ćwiczeń laboratoryjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK464_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Umie zorientować części w procesie technologicznym i montażu automatycznym.						</w:t>
+        <w:t xml:space="preserve">														Potrafi zaprojektować operacje obróbkowe na obrabiarki CNC.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy oraz ocena sprawozdań z ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U11</w:t>
-      </w:r>
-[...768 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>