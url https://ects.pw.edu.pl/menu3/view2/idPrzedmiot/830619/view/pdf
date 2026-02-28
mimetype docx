--- v1 (2026-02-06)
+++ v2 (2026-02-28)
@@ -1817,50 +1817,190 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy oraz ocena sprawozdań z ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Potrafi zaprojektować operacje obróbkowe na obrabiarki CNC.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Testy oraz ocena sprawozdań z ćwiczeń laboratoryjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Potrafi zaprojektować operacje obróbkowe na obrabiarki CNC.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Testy oraz ocena sprawozdań z ćwiczeń laboratoryjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -2098,190 +2238,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy oraz ocena sprawozdań z ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U20</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>