--- v0 (2025-12-26)
+++ v1 (2026-01-16)
@@ -1184,50 +1184,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zaprojektować strukturę przekładni zębatej do potrzeb układu przenoszenia napędu oraz cechy geometryczne kół tworzących ją kół zębatych, uwzględniając ograniczenia głównie konstrukcyjne i technologiczne.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1353,91 +1423,161 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK365_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zaprojektować strukturę przekładni zębatej do potrzeb układu przenoszenia napędu oraz cechy geometryczne kół tworzących ją kół zębatych, uwzględniając ograniczenia głównie konstrukcyjne i technologiczne.							</w:t>
+        <w:t xml:space="preserve">							Potrafi wyznaczyć obciążenia przenoszone przez poszczególne koła zębate, wałki i ich podparcia – zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego. 							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi wyznaczyć obciążenia przenoszone przez poszczególne koła zębate, wałki i ich podparcia – zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego. 							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1464,51 +1604,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U09</w:t>
+        <w:t xml:space="preserve">MiBM1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1534,191 +1674,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U11</w:t>
-[...68 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U14</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>