--- v1 (2026-01-16)
+++ v2 (2026-02-07)
@@ -1464,261 +1464,261 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi wyznaczyć obciążenia przenoszone przez poszczególne koła zębate, wałki i ich podparcia – zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego. 							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi wyznaczyć obciążenia przenoszone przez poszczególne koła zębate, wałki i ich podparcia – zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego. 							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi wyznaczyć obciążenia przenoszone przez poszczególne koła zębate, wałki i ich podparcia – zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego. 							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U15</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>