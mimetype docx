--- v2 (2026-02-07)
+++ v3 (2026-02-28)
@@ -1744,50 +1744,190 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi, na podstawie obliczeń wstępnych, wyznaczyć obciążenia dowolnego zespołu układu przenoszenia napędu i elementów tego zespołu, np.  wynikające z pracy użytecznej wykonywanej przez zespół roboczy, zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi, na podstawie obliczeń wstępnych, wyznaczyć obciążenia dowolnego zespołu układu przenoszenia napędu i elementów tego zespołu, np.  wynikające z pracy użytecznej wykonywanej przez zespół roboczy, zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1885,190 +2025,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U11</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>