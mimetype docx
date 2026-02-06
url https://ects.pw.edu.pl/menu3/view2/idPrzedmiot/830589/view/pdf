--- v0 (2025-12-26)
+++ v1 (2026-02-06)
@@ -755,201 +755,271 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							 Zna rozwiązania konstrukcyjne typowych zespołów elementów stosowane w urządzeniach mechanicznych, zwłaszcza w układach przenoszenia napędu, takie jak: połączenia śrubowe, mechanizmy śrubowe, łożyska toczne, łożyska ślizgowe, wały, osie, sprzęgła, przekładnie, zespoły elementów sieci przesyłowych i in. Zna problemy inżynierskie towarzyszące ich projektowaniu i konstruowaniu.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NW125_W1: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							 Zna rozwiązania konstrukcyjne typowych zespołów elementów stosowane w urządzeniach mechanicznych, zwłaszcza w układach przenoszenia napędu, takie jak: połączenia śrubowe, mechanizmy śrubowe, łożyska toczne, łożyska ślizgowe, wały, osie, sprzęgła, przekładnie, zespoły elementów sieci przesyłowych i in. Zna problemy inżynierskie towarzyszące ich projektowaniu i konstruowaniu.							</w:t>
+        <w:t xml:space="preserve">							Ma zdolność widzenia określonej całości, której częścią jest rozwiązywany problem, w tym - związany z wyznaczaniem wymaganych cech analizowanego lub projektowanego zespołu urządzenia mechanicznego. W procesie projektowania i obliczeń określonego zespołu (np. połączenia śrubowego, połączenia dwóch części rurociągu, podparcia wału, sprzęgła) potrafi uwzględnić wymagania wynikające z jego funkcji w układzie przenoszenia napędu lub masy							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin</w:t>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W06</w:t>
+        <w:t xml:space="preserve">MiBM1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW125_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Ma zdolność widzenia określonej całości, której częścią jest rozwiązywany problem, w tym - związany z wyznaczaniem wymaganych cech analizowanego lub projektowanego zespołu urządzenia mechanicznego. W procesie projektowania i obliczeń określonego zespołu (np. połączenia śrubowego, połączenia dwóch części rurociągu, podparcia wału, sprzęgła) potrafi uwzględnić wymagania wynikające z jego funkcji w układzie przenoszenia napędu lub masy							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U05</w:t>
+        <w:t xml:space="preserve">MiBM1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -975,51 +1045,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U09</w:t>
+        <w:t xml:space="preserve">MiBM1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1045,261 +1115,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Ma zdolność dostrzegania ograniczeń fizycznych (głównie wytrzymałościowych, sztywnościowych, trwałościowych, cieplnych), normalizacyjnych, ekonomicznych a zwłaszcza wynikających z niepełnej wiedzy człowieka i z jego możliwości intelektualnych, konieczną w projektowaniu, w tym: – w projektowaniu typowych zespołów urządzenia mechanicznego.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Ma zdolność dostrzegania ograniczeń fizycznych (głównie wytrzymałościowych, sztywnościowych, trwałościowych, cieplnych), normalizacyjnych, ekonomicznych a zwłaszcza wynikających z niepełnej wiedzy człowieka i z jego możliwości intelektualnych, konieczną w projektowaniu, w tym: – w projektowaniu typowych zespołów urządzenia mechanicznego.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U10</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>