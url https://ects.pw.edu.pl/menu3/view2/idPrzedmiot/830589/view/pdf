--- v1 (2026-02-06)
+++ v2 (2026-02-27)
@@ -905,50 +905,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Ma zdolność widzenia określonej całości, której częścią jest rozwiązywany problem, w tym - związany z wyznaczaniem wymaganych cech analizowanego lub projektowanego zespołu urządzenia mechanicznego. W procesie projektowania i obliczeń określonego zespołu (np. połączenia śrubowego, połączenia dwóch części rurociągu, podparcia wału, sprzęgła) potrafi uwzględnić wymagania wynikające z jego funkcji w układzie przenoszenia napędu lub masy							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1074,232 +1144,162 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW125_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma zdolność widzenia określonej całości, której częścią jest rozwiązywany problem, w tym - związany z wyznaczaniem wymaganych cech analizowanego lub projektowanego zespołu urządzenia mechanicznego. W procesie projektowania i obliczeń określonego zespołu (np. połączenia śrubowego, połączenia dwóch części rurociągu, podparcia wału, sprzęgła) potrafi uwzględnić wymagania wynikające z jego funkcji w układzie przenoszenia napędu lub masy							</w:t>
+        <w:t xml:space="preserve">							Ma zdolność dostrzegania ograniczeń fizycznych (głównie wytrzymałościowych, sztywnościowych, trwałościowych, cieplnych), normalizacyjnych, ekonomicznych a zwłaszcza wynikających z niepełnej wiedzy człowieka i z jego możliwości intelektualnych, konieczną w projektowaniu, w tym: – w projektowaniu typowych zespołów urządzenia mechanicznego.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Ma zdolność dostrzegania ograniczeń fizycznych (głównie wytrzymałościowych, sztywnościowych, trwałościowych, cieplnych), normalizacyjnych, ekonomicznych a zwłaszcza wynikających z niepełnej wiedzy człowieka i z jego możliwości intelektualnych, konieczną w projektowaniu, w tym: – w projektowaniu typowych zespołów urządzenia mechanicznego.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U11</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>