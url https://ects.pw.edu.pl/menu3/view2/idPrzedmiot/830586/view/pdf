--- v0 (2025-12-26)
+++ v1 (2026-01-15)
@@ -1321,1031 +1321,1031 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW124_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi utworzyć warunki ograniczające niezbędne do przeprowadzenia obliczeń w procesie projektowania prostego urządzenia mechanicznego.				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW124_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW124_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi utworzyć warunki ograniczające niezbędne do przeprowadzenia obliczeń w procesie projektowania prostego urządzenia mechanicznego.				</w:t>
+        <w:t xml:space="preserve">							Potrafi tworzyć proste modele stanów i zjawisk charakterystycznych dla urządzeń mechanicznych, niezbędne do prowadzenia obliczeń inżynierskich, w tym: modele: naprężeń i odkształceń, procesów zmęczenia oraz zużycia, właściwości materiałów i elementów oraz wpływu na te właściwości technik wytwarzania.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia.</w:t>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW124_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi tworzyć proste modele stanów i zjawisk charakterystycznych dla urządzeń mechanicznych, niezbędne do prowadzenia obliczeń inżynierskich, w tym: modele: naprężeń i odkształceń, procesów zmęczenia oraz zużycia, właściwości materiałów i elementów oraz wpływu na te właściwości technik wytwarzania.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW124_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi tworzyć proste modele stanów i zjawisk charakterystycznych dla urządzeń mechanicznych, niezbędne do prowadzenia obliczeń inżynierskich, w tym: modele: naprężeń i odkształceń, procesów zmęczenia oraz zużycia, właściwości materiałów i elementów oraz wpływu na te właściwości technik wytwarzania.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW124_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić niezbędne obliczenia inżynierskie wytrzymałości i trwałości zmęczeniowej elementów w prostych zespołach elementów.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW124_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić niezbędne obliczenia inżynierskie wytrzymałości i trwałości zmęczeniowej elementów w prostych zespołach elementów.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW124_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić niezbędne obliczenia inżynierskie wytrzymałości i trwałości zmęczeniowej elementów w prostych zespołach elementów.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW124_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić niezbędne obliczenia inżynierskie wytrzymałości i trwałości zmęczeniowej elementów w prostych zespołach elementów.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW124_U6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zaprojektować proste połączenie elementów: spawane, klejone, nitowe, wpustowe, wielowypustowe itd. oraz przeprowadzić niezbędne obliczenia wspomagające.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW124_U6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zaprojektować proste połączenie elementów: spawane, klejone, nitowe, wpustowe, wielowypustowe itd. oraz przeprowadzić niezbędne obliczenia wspomagające.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW124_U6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zaprojektować proste połączenie elementów: spawane, klejone, nitowe, wpustowe, wielowypustowe itd. oraz przeprowadzić niezbędne obliczenia wspomagające.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW124_U6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zaprojektować proste połączenie elementów: spawane, klejone, nitowe, wpustowe, wielowypustowe itd. oraz przeprowadzić niezbędne obliczenia wspomagające.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW124_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW124_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi tworzyć proste modele stanów i zjawisk charakterystycznych dla urządzeń mechanicznych, niezbędne do prowadzenia obliczeń inżynierskich, w tym: modele: naprężeń i odkształceń, procesów zmęczenia oraz zużycia, właściwości materiałów i elementów oraz wpływu na te właściwości technik wytwarzania.						</w:t>
+        <w:t xml:space="preserve">							Potrafi zaprojektować proste połączenie elementów: spawane, klejone, nitowe, wpustowe, wielowypustowe itd. oraz przeprowadzić niezbędne obliczenia wspomagające.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U09</w:t>
+        <w:t xml:space="preserve">MiBM1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW124_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW124_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi tworzyć proste modele stanów i zjawisk charakterystycznych dla urządzeń mechanicznych, niezbędne do prowadzenia obliczeń inżynierskich, w tym: modele: naprężeń i odkształceń, procesów zmęczenia oraz zużycia, właściwości materiałów i elementów oraz wpływu na te właściwości technik wytwarzania.						</w:t>
+        <w:t xml:space="preserve">							Potrafi zaprojektować proste połączenie elementów: spawane, klejone, nitowe, wpustowe, wielowypustowe itd. oraz przeprowadzić niezbędne obliczenia wspomagające.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U14</w:t>
-[...628 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U12</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>