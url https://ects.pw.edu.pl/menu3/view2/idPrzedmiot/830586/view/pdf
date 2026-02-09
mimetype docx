--- v1 (2026-01-15)
+++ v2 (2026-02-09)
@@ -1951,50 +1951,330 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW124_U6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zaprojektować proste połączenie elementów: spawane, klejone, nitowe, wpustowe, wielowypustowe itd. oraz przeprowadzić niezbędne obliczenia wspomagające.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW124_U6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zaprojektować proste połączenie elementów: spawane, klejone, nitowe, wpustowe, wielowypustowe itd. oraz przeprowadzić niezbędne obliczenia wspomagające.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW124_U6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zaprojektować proste połączenie elementów: spawane, klejone, nitowe, wpustowe, wielowypustowe itd. oraz przeprowadzić niezbędne obliczenia wspomagające.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW124_U6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zaprojektować proste połączenie elementów: spawane, klejone, nitowe, wpustowe, wielowypustowe itd. oraz przeprowadzić niezbędne obliczenia wspomagające.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -2022,330 +2302,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U15</w:t>
-      </w:r>
-[...278 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>