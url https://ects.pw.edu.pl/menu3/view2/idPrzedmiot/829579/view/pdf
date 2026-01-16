--- v0 (2025-12-26)
+++ v1 (2026-01-16)
@@ -818,50 +818,330 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">  ocena pracy w czasie semestru, ocena sprawozdania z pracowni </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PSRM_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi pozyskiwać informacje z literatury, baz danych oraz innych źródeł, integrować je, dokonywać ich interpretacji oraz wyciągać wniosków i formułować opinie</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">  ocena pracy w czasie semestru, ocena sprawozdania z pracowni </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PSRM_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi pozyskiwać informacje z literatury, baz danych oraz innych źródeł, integrować je, dokonywać ich interpretacji oraz wyciągać wniosków i formułować opinie</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">  ocena pracy w czasie semestru, ocena sprawozdania z pracowni </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PSRM_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi pozyskiwać informacje z literatury, baz danych oraz innych źródeł, integrować je, dokonywać ich interpretacji oraz wyciągać wniosków i formułować opinie</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">  ocena pracy w czasie semestru, ocena sprawozdania z pracowni </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PSRM_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi pozyskiwać informacje z literatury, baz danych oraz innych źródeł, integrować je, dokonywać ich interpretacji oraz wyciągać wniosków i formułować opinie</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">  ocena pracy w czasie semestru, ocena sprawozdania z pracowni </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -889,330 +1169,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">  ocena pracy w czasie semestru, ocena sprawozdania z pracowni </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U07</w:t>
-      </w:r>
-[...278 lines deleted...]
-        <w:t xml:space="preserve">K_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>