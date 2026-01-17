--- v1 (2026-01-16)
+++ v2 (2026-01-17)
@@ -818,50 +818,190 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">  ocena pracy w czasie semestru, ocena sprawozdania z pracowni </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PSRM_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi pozyskiwać informacje z literatury, baz danych oraz innych źródeł, integrować je, dokonywać ich interpretacji oraz wyciągać wniosków i formułować opinie</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">  ocena pracy w czasie semestru, ocena sprawozdania z pracowni </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PSRM_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi pozyskiwać informacje z literatury, baz danych oraz innych źródeł, integrować je, dokonywać ich interpretacji oraz wyciągać wniosków i formułować opinie</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">  ocena pracy w czasie semestru, ocena sprawozdania z pracowni </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1029,190 +1169,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">  ocena pracy w czasie semestru, ocena sprawozdania z pracowni </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U18</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">K_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1239,51 +1239,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena pracy w czasie semestru, ocena sprawozdania z pracowni dyplomowej </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05</w:t>
+        <w:t xml:space="preserve">K_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1310,51 +1310,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena pracy w czasie semestru, ocena sprawozdania z pracowni dyplomowej </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U07</w:t>
+        <w:t xml:space="preserve">K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1381,51 +1381,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena pracy w czasie semestru, ocena sprawozdania z pracowni dyplomowej </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01</w:t>
+        <w:t xml:space="preserve">K_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1452,51 +1452,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena pracy w czasie semestru, ocena sprawozdania z pracowni dyplomowej </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U12</w:t>
+        <w:t xml:space="preserve">K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1523,51 +1523,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena pracy w czasie semestru, ocena sprawozdania z pracowni dyplomowej </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U18</w:t>
+        <w:t xml:space="preserve">K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>