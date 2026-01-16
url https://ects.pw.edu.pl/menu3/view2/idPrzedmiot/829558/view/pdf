--- v0 (2025-12-26)
+++ v1 (2026-01-16)
@@ -770,50 +770,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia wykładowe 1, 2 i 3 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka CSKM_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student (który zaliczył przedmiot) zna architektury cyfrowych systemów komórkowych (GSM, GPRS, UMTS), podstawowe procedury systemowe związane z działaniem sieci GSM/GPRS/EDGE oraz techniki transmisji informacji w łączach radiowych systemów GSM/GPRS/EDGE i UMTS</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia wykładowe 1, 2 i 3 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -869,91 +939,161 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka CSKM_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka CSKM_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student (który zaliczył przedmiot) zna architektury cyfrowych systemów komórkowych (GSM, GPRS, UMTS), podstawowe procedury systemowe związane z działaniem sieci GSM/GPRS/EDGE oraz techniki transmisji informacji w łączach radiowych systemów GSM/GPRS/EDGE i UMTS</w:t>
+        <w:t xml:space="preserve">Student zna podstawowe ograniczenia transmisji w łączu radiowych i metody ich przezwyciężania stosowane w systemach komórkowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwia wykładowe 1, 2 i 3 </w:t>
+        <w:t xml:space="preserve">Kolokwia wykładowe 1 i 3, kolokwia wstępne i przebieg ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka CSKM_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna podstawowe ograniczenia transmisji w łączu radiowych i metody ich przezwyciężania stosowane w systemach komórkowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia wykładowe 1 i 3, kolokwia wstępne i przebieg ćwiczeń laboratoryjnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -980,831 +1120,691 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia wykładowe 1 i 3, kolokwia wstępne i przebieg ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03</w:t>
+        <w:t xml:space="preserve">K_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka CSKM_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka CSKM_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna podstawowe ograniczenia transmisji w łączu radiowych i metody ich przezwyciężania stosowane w systemach komórkowych</w:t>
+        <w:t xml:space="preserve">Student zna podstawowe tendencje rozwojowe w zakresie systemów komórkowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia wykładowe 1 i 3, kolokwia wstępne i przebieg ćwiczeń laboratoryjnych</w:t>
+        <w:t xml:space="preserve">kolokwium wykładowe 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka CSKM_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka CSKM_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna podstawowe ograniczenia transmisji w łączu radiowych i metody ich przezwyciężania stosowane w systemach komórkowych</w:t>
+        <w:t xml:space="preserve">Student zna podstawowe tendencje rozwojowe w zakresie systemów komórkowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia wykładowe 1 i 3, kolokwia wstępne i przebieg ćwiczeń laboratoryjnych</w:t>
+        <w:t xml:space="preserve">kolokwium wykładowe 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W13</w:t>
+        <w:t xml:space="preserve">K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka CSKM_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka CSKM_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna podstawowe tendencje rozwojowe w zakresie systemów komórkowych</w:t>
+        <w:t xml:space="preserve">Student zna techniki i aparaturę pomiarową służące do oceny transmisji w łączu radiowym systemu GSM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium wykładowe 3</w:t>
+        <w:t xml:space="preserve">Kolokwium wykładowe 2, laboratoria</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka CSKM_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka CSKM_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna podstawowe tendencje rozwojowe w zakresie systemów komórkowych</w:t>
+        <w:t xml:space="preserve">Student zna techniki i aparaturę pomiarową służące do oceny transmisji w łączu radiowym systemu GSM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium wykładowe 3</w:t>
+        <w:t xml:space="preserve">Kolokwium wykładowe 2, laboratoria</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05</w:t>
+        <w:t xml:space="preserve">K_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka CSKM_W4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka CSKM_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna techniki i aparaturę pomiarową służące do oceny transmisji w łączu radiowym systemu GSM</w:t>
+        <w:t xml:space="preserve">Student (który zaliczył przedmiot) potrafi dokonać oceny możliwości i ograniczeń transmisji w systemach komórkowych, potrafi określić przydatność różnych systemów komórkowych  do realizacji transmisji spełniających wzrastające wymagania użytkowników</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium wykładowe 2, laboratoria</w:t>
+        <w:t xml:space="preserve">kolokwia wykładowe, laboratoria</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04</w:t>
+        <w:t xml:space="preserve">K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka CSKM_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka CSKM_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna techniki i aparaturę pomiarową służące do oceny transmisji w łączu radiowym systemu GSM</w:t>
+        <w:t xml:space="preserve">Student (który zaliczył przedmiot) potrafi dokonać oceny możliwości i ograniczeń transmisji w systemach komórkowych, potrafi określić przydatność różnych systemów komórkowych  do realizacji transmisji spełniających wzrastające wymagania użytkowników</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium wykładowe 2, laboratoria</w:t>
+        <w:t xml:space="preserve">kolokwia wykładowe, laboratoria</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W14</w:t>
+        <w:t xml:space="preserve">K_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka CSKM_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student (który zaliczył przedmiot) potrafi dokonać oceny możliwości i ograniczeń transmisji w systemach komórkowych, potrafi określić przydatność różnych systemów komórkowych  do realizacji transmisji spełniających wzrastające wymagania użytkowników</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia wykładowe, laboratoria</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka CSKM_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi posłużyć się właściwie dobranymi metodami i urządzeniami umożliwiającymi pomiary sygnałów łącza radiowego systemów komórkowych, potrafi uniknąć błędów wynikających z ograniczeń aparatury pomiarowej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wpisz opis</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka CSKM_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi posłużyć się właściwie dobranymi metodami i urządzeniami umożliwiającymi pomiary sygnałów łącza radiowego systemów komórkowych, potrafi uniknąć błędów wynikających z ograniczeń aparatury pomiarowej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wpisz opis</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U09</w:t>
-      </w:r>
-[...278 lines deleted...]
-        <w:t xml:space="preserve">K_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>