--- v1 (2026-01-16)
+++ v2 (2026-02-08)
@@ -1690,121 +1690,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wpisz opis</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka CSKM_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi posłużyć się właściwie dobranymi metodami i urządzeniami umożliwiającymi pomiary sygnałów łącza radiowego systemów komórkowych, potrafi uniknąć błędów wynikających z ograniczeń aparatury pomiarowej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wpisz opis</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U17</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>