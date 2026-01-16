--- v0 (2025-12-25)
+++ v1 (2026-01-16)
@@ -787,50 +787,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium/laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PULM_W01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zna metody syntezy układów logicznych kombinacyjnych i sekwencyjnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium/laboratorium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -956,91 +1026,161 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka PULM_W01: </w:t>
+        <w:t xml:space="preserve">Charakterystyka PULM_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna metody syntezy układów logicznych kombinacyjnych i sekwencyjnych</w:t>
+        <w:t xml:space="preserve">ma podstawową wiedzę na temat sprzęgania układów cyfrowych z różnych rodzin w ramach jednego systemu cyfrowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium/laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PULM_W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ma podstawową wiedzę na temat sprzęgania układów cyfrowych z różnych rodzin w ramach jednego systemu cyfrowego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium/laboratorium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1067,51 +1207,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium/laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05</w:t>
+        <w:t xml:space="preserve">K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1137,191 +1277,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium/laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06</w:t>
-[...68 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">K_W15</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">K_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>