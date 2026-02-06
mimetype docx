--- v1 (2026-01-16)
+++ v2 (2026-02-06)
@@ -1067,245 +1067,455 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium/laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PULM_W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ma podstawową wiedzę na temat sprzęgania układów cyfrowych z różnych rodzin w ramach jednego systemu cyfrowego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium/laboratorium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PULM_W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ma podstawową wiedzę na temat sprzęgania układów cyfrowych z różnych rodzin w ramach jednego systemu cyfrowego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium/laboratorium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PULM_W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ma podstawową wiedzę na temat sprzęgania układów cyfrowych z różnych rodzin w ramach jednego systemu cyfrowego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium/laboratorium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka PULM_W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka PULM_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma podstawową wiedzę na temat sprzęgania układów cyfrowych z różnych rodzin w ramach jednego systemu cyfrowego</w:t>
+        <w:t xml:space="preserve">ma wiedzę na temat struktury systemów mikroprocesorowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium/laboratorium</w:t>
+        <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka PULM_W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka PULM_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma podstawową wiedzę na temat sprzęgania układów cyfrowych z różnych rodzin w ramach jednego systemu cyfrowego</w:t>
+        <w:t xml:space="preserve">ma wiedzę na temat struktury systemów mikroprocesorowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium/laboratorium</w:t>
+        <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka PULM_W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka PULM_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma podstawową wiedzę na temat sprzęgania układów cyfrowych z różnych rodzin w ramach jednego systemu cyfrowego</w:t>
+        <w:t xml:space="preserve">ma wiedzę na temat struktury systemów mikroprocesorowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium/laboratorium</w:t>
+        <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -1347,87 +1557,227 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PULM_W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ma wiedzę na temat organizacji przerwań w systemach mikroprocesorowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PULM_W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ma wiedzę na temat organizacji przerwań w systemach mikroprocesorowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka PULM_W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka PULM_W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma wiedzę na temat struktury systemów mikroprocesorowych</w:t>
+        <w:t xml:space="preserve">ma wiedzę na temat organizacji przerwań w systemach mikroprocesorowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1446,442 +1796,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka PULM_W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka PULM_W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma wiedzę na temat struktury systemów mikroprocesorowych</w:t>
+        <w:t xml:space="preserve">ma wiedzę na temat organizacji przerwań w systemach mikroprocesorowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W15</w:t>
-      </w:r>
-[...348 lines deleted...]
-        <w:t xml:space="preserve">K_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>