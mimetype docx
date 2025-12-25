--- v0 (2025-10-25)
+++ v1 (2025-12-25)
@@ -12,587 +12,587 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Name of course: </w:t>
+        <w:t xml:space="preserve">Nazwa przedmiotu: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sygnały i modulacje</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Coordinator of course: </w:t>
+        <w:t xml:space="preserve">Koordynator przedmiotu: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">dr hab. inż. Kajetana Marta SNOPEK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Type of course: </w:t>
-[...43 lines deleted...]
-        <w:t xml:space="preserve">Programme: </w:t>
+        <w:t xml:space="preserve">Status przedmiotu: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Obowiązkowy</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Poziom kształcenia: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Studia I stopnia</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Program: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Elektronika i Telekomunikacja</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Group of courses: </w:t>
+        <w:t xml:space="preserve">Grupa przedmiotów: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przedmioty podstawowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Code of course: </w:t>
+        <w:t xml:space="preserve">Kod przedmiotu: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">SMRM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Nominal semester: </w:t>
+        <w:t xml:space="preserve">Semestr nominalny: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">3 / rok ak. 2017/2018</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Number of ECTS credits: </w:t>
+        <w:t xml:space="preserve">Liczba punktów ECTS: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Number of hours of student’s work to achieve learning outcomes: </w:t>
+        <w:t xml:space="preserve">Liczba godzin pracy studenta związanych z osiągnięciem efektów uczenia się: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">30 h - udział w wykładach
 30 h - udział w ćwiczeniach
 15 h - samodzielne przygotowanie się do wykładów
 30 h - samodzielne przygotowanie się do ćwiczeń
 18 h - samodzielne przygotowanie się do sprawdzianów cząstkowych (Spr1, ..., Spr6)
 20 h - samodzielne przygotowanie się do egzaminu
   2 h - udział w konsultacjach
 ŁĄCZNIE: 145 h</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Number of ECTS credits on the course with direct participation of academic teacher: </w:t>
+        <w:t xml:space="preserve">Liczba punktów ECTS na zajęciach wymagających bezpośredniego udziału nauczycieli akademickich: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Language of course: </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve">Number of ECTS credits on practical activities on the course: </w:t>
+        <w:t xml:space="preserve">Język prowadzenia zajęć: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">polski</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Liczba punktów ECTS, którą student uzyskuje w ramach zajęć o charakterze praktycznym: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Form of didactic studies and number of hours per semester: </w:t>
+        <w:t xml:space="preserve">Formy zajęć i ich wymiar w semestrze: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2200" w:type="dxa"/>
         <w:gridCol w:w="2200" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="2500" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="0" w:color="FFFFFF"/>
           <w:left w:val="single" w:sz="0" w:color="FFFFFF"/>
           <w:right w:val="single" w:sz="0" w:color="FFFFFF"/>
           <w:bottom w:val="single" w:sz="0" w:color="FFFFFF"/>
           <w:insideH w:val="single" w:sz="0" w:color="FFFFFF"/>
           <w:insideV w:val="single" w:sz="0" w:color="FFFFFF"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="250" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Lecture: </w:t>
+              <w:t xml:space="preserve">Wykład: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">30h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="250" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Exercise type of course: </w:t>
+              <w:t xml:space="preserve">Ćwiczenia: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">30h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="250" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Laboratory: </w:t>
+              <w:t xml:space="preserve">Laboratorium: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">0h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="250" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Project type of course: </w:t>
+              <w:t xml:space="preserve">Projekt: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">0h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="250" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Computer lessons: </w:t>
+              <w:t xml:space="preserve">Lekcje komputerowe: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">0h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Preliminary requirements: </w:t>
+        <w:t xml:space="preserve">Wymagania wstępne: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wymagana jest ugruntowana wiedza podstawowa z zakresu analizy matematycznej (całkowanie, różniczkowanie, obliczanie granic ciągów liczbowych i funkcji, rysowanie wykresów funkcji 1-wymiarowych). 
 Student powinien mieć opanowane podstawy teorii obwodów (przekształcenie Laplace'a).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Limit of students: </w:t>
+        <w:t xml:space="preserve">Limit liczby studentów: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">30</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Purpose of course: </w:t>
+        <w:t xml:space="preserve">Cel przedmiotu: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Celem przedmiotu jest opanowanie podstawowych pojęć teorii sygnałów, modulacji i systemów czasu ciągłego i dyskretnego umożliwiających dalsze studiowanie zaawansowanych przedmiotów kierunkowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Contents of education: </w:t>
+        <w:t xml:space="preserve">Treści kształcenia: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">TREŚĆ WYKŁADU:
 1. Wprowadzenie do teorii sygnałów (2 h)
 2. Sygnały dystrybucyjne. Szereg Fouriera (2 h)
 3. Przekształcenie Fouriera (2 h)
 4. Filtracja fourierowska (2 h)
 5. Sygnał analityczny (2 h)
 6. Próbkowanie sygnałów (2 h)
 7. Filtry cyfrowe (2 h)
 8. Sygnały losowe czasu ciągłego (2 h)
 9. Twierdzenie o modulacji. Modulacja i detekcja AM-DSB-FC, AM-DSB-SC (2 h)
 10. Modulacja i detekcja AM-SSB-SC. Modulacja PM i FM - podstawowe własności (2 h)
 11. Modulatory i detektory PM i FM (2 h)
 12. Modulacja PAM, PPM, PWM i PDM. Modulacje PCM i DPCM (2 h)
 13. Modulacje OOK, FSK, PSK (2 h)
 14. Charakterystyki szumowe modulacji AM i FM (2 h)
 15. Detekcja sygnału binarnego w szumie. Charakterystyki szumowe modulacji OOK, PSK i FSK (2 h)
 TREŚĆ ĆWICZEŃ:
@@ -600,712 +600,712 @@
 2. Szereg Fouriera (2 h)
 3. Przekształcenie Fouriera (2 h)
 4. Filtracja fourierowska (2 h)
 5. Sygnał analityczny (2 h)
 6. Próbkowanie (2 h)
 7. Filtry cyfrowe (2 h)
 8. Filtry cyfrowe (2 h)
 9. Modulacja AM (3 h)
 10. Modulacja PM i FM (3 h)
 11. Modulacje PCM i OOK (2 h)
 12. Modulacje FSK i PSK (2 h)
 13. Charakterystyki szumowe modulacji analogowych (2 h)
 14. Charakterystyki szumowe modulacji cyfrowych (2 h)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Methods of evaluation: </w:t>
+        <w:t xml:space="preserve">Metody oceny: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Na ćwiczeniach studenci zdobywają podstawowe umiejętności rozwiązywania zadań z zakresu teorii sygnałów, modulacji i systemów, które powinny być pogłębiane indywidualnie i z pomocą prowadzących przedmiot w ramach konsultacji. Stopień opanowania wiedzy oceniany jest podczas sześciu pisemnych kolokwiów (Spr1, ..., Spr6) ocenianych maksymalnie na 5 pkt, co daje 30 pkt max do uzyskania w semestrze. Dodatkowo punktowana jest aktywność na ćwiczeniach i poprawne rozwiązanie zadań przy tablicy. Istnieje możliwość zwolnienia z egzaminu, jeżeli student uzyska w semestrze co najmniej 70% punktów (czyli 21 pkt).
 Egzamin w formie pisemnej składa się z 20 zadań i jest oceniany w sakli 0 - 30 pkt. Łączna liczba punktów uzyskanych w semestrze i w trakcie egzaminu stanowi podstawę do wystawienia oceny końcowej według ogólnie przyjętej na PW skali procentowej
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Exam: </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve">Literature: </w:t>
+        <w:t xml:space="preserve">Egzamin: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">tak</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Literatura: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">J. Wojciechowski "Sygnały i systemy", WKiŁ, Warszawa 2008
 K.M. Snopek, J.M. Wojciechowski "Sygnały i systemy – zbiór zadań", Oficyna Wydawnicza PW, Warszawa 2010.
 S. Haykin, "Systemy telekomunikacyjne", WKiŁ, Warszawa 2000.
 J. Szabatin "Podstawy teorii sygnałów". WKiŁ, Wyd. 3, Warszawa 2000.  
 A. Papoulis "Obwody i układy", WKiŁ, Warszawa 1988.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Website of the course: </w:t>
+        <w:t xml:space="preserve">Witryna www przedmiotu: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">http://www.ire.pw.edu.pl/~ksnopek/SMR/smr.htm</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Notes: </w:t>
+        <w:t xml:space="preserve">Uwagi: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc1"/>
       <w:r>
         <w:t>Charakterystyki przedmiotowe</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc2"/>
       <w:r>
-        <w:t>General academic profile - knowledge</w:t>
+        <w:t>Profil ogólnoakademicki - wiedza</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka SMRM_W01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">ma podstawową wiedzę na temat badania właściwości sygnałów w dziedzinie czasu i częstotliwości</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ocena wyników sprawdzianów cząstkowych i egzaminu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka SMRM_W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ma podstawową wiedzę na temat modulacji analogowych i cyfrowych oraz przetwarzania A/C i C/A</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Verification: </w:t>
-[...5 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ocena wyników sprawdzianów cząstkowych i egzaminu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka SMRM_W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ma podstawową wiedzę na temat wyznaczania charakterystyk czasowych i częstotliwościowych systemów liniowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ocena wyników sprawdzianów cząstkowych i egzaminu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka SMRM_W02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka SMRM_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">potrafi pozyskiwać informacje z literatury z zakresu teorii sygnałów, modulacji i systemów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ocena wyników sprawdzianów cząstkowych i egzaminu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka SMRM_U01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi pozyskiwać informacje z literatury z zakresu teorii sygnałów, modulacji i systemów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Verification: </w:t>
-[...5 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ocena wyników sprawdzianów cząstkowych i egzaminu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka SMRM_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi wykorzystać do formułowania i rozwiązywania zadań inżynierskich metody analityczne</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ocena wyników sprawdzianów cząstkowych i egzaminu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03</w:t>
+        <w:t xml:space="preserve">K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka SMRM_W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka SMRM_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">potrafi wykorzystać do formułowania i rozwiązywania zadań inżynierskich metody analityczne</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ocena wyników sprawdzianów cząstkowych i egzaminu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka SMRM_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi wykorzystać do formułowania i rozwiązywania zadań inżynierskich metody analityczne</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Verification: </w:t>
-[...368 lines deleted...]
-        <w:t xml:space="preserve"/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ocena wyników sprawdzianów cząstkowych i egzaminu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>