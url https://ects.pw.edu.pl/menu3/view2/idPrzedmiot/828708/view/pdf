--- v0 (2025-11-03)
+++ v1 (2026-03-24)
@@ -12,759 +12,759 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Nazwa przedmiotu: </w:t>
+        <w:t xml:space="preserve">Name of course: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Technologia transportu </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Koordynator przedmiotu: </w:t>
+        <w:t xml:space="preserve">Coordinator of course: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">dr hab. inż. Dariusz Pyza, prof. PW., Wydział Transportu Politechniki Warszawskiej, Zakład Inżynierii Systemów Transportowych i Logistyki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Status przedmiotu: </w:t>
-[...43 lines deleted...]
-        <w:t xml:space="preserve">Program: </w:t>
+        <w:t xml:space="preserve">Type of course: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Compulsory</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Level of education: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">First cycle studies</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Programme: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Transport</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Grupa przedmiotów: </w:t>
+        <w:t xml:space="preserve">Group of courses: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Specjalnościowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Kod przedmiotu: </w:t>
+        <w:t xml:space="preserve">Code of course: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">TR.SIS409</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Semestr nominalny: </w:t>
+        <w:t xml:space="preserve">Nominal semester: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">4 / rok ak. 2018/2019</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Liczba punktów ECTS: </w:t>
+        <w:t xml:space="preserve">Number of ECTS credits: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Liczba godzin pracy studenta związanych z osiągnięciem efektów uczenia się: </w:t>
+        <w:t xml:space="preserve">Number of hours of student’s work to achieve learning outcomes: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">50 godzin, w tym: praca na wykładach 30 godz., studiowanie literatury przedmiotu 10 godz., konsultacje 2 godz., udział w egzaminach 2 godz., przygotowanie się do egzaminu z wykładu 6 godz.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Liczba punktów ECTS na zajęciach wymagających bezpośredniego udziału nauczycieli akademickich: </w:t>
+        <w:t xml:space="preserve">Number of ECTS credits on the course with direct participation of academic teacher: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">1,5 pkt. ECTS (34 godz., w tym: praca na wykładach 30 godz., konsultacje 2 godz., udział w egzaminach 2 godz.)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Język prowadzenia zajęć: </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve">Liczba punktów ECTS, którą student uzyskuje w ramach zajęć o charakterze praktycznym: </w:t>
+        <w:t xml:space="preserve">Language of course: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">polish</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Number of ECTS credits on practical activities on the course: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">0 pkt ECTS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Formy zajęć i ich wymiar w semestrze: </w:t>
+        <w:t xml:space="preserve">Form of didactic studies and number of hours per semester: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2200" w:type="dxa"/>
         <w:gridCol w:w="2200" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="2500" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="0" w:color="FFFFFF"/>
           <w:left w:val="single" w:sz="0" w:color="FFFFFF"/>
           <w:right w:val="single" w:sz="0" w:color="FFFFFF"/>
           <w:bottom w:val="single" w:sz="0" w:color="FFFFFF"/>
           <w:insideH w:val="single" w:sz="0" w:color="FFFFFF"/>
           <w:insideV w:val="single" w:sz="0" w:color="FFFFFF"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="250" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Wykład: </w:t>
+              <w:t xml:space="preserve">Lecture: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">30h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="250" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Ćwiczenia: </w:t>
+              <w:t xml:space="preserve">Exercise type of course: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">0h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="250" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Laboratorium: </w:t>
+              <w:t xml:space="preserve">Laboratory: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">0h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="250" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Projekt: </w:t>
+              <w:t xml:space="preserve">Project type of course: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">0h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="250" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Lekcje komputerowe: </w:t>
+              <w:t xml:space="preserve">Computer lessons: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">0h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Wymagania wstępne: </w:t>
+        <w:t xml:space="preserve">Preliminary requirements: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">brak</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Limit liczby studentów: </w:t>
+        <w:t xml:space="preserve">Limit of students: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">brak</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Cel przedmiotu: </w:t>
+        <w:t xml:space="preserve">Purpose of course: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Po ukończeniu studenci posiadają wiedzę w zakresie technologii transportowych i czynników warunkujących ich stosowanie w różnych rodzajach transportu. Posiadają umiejętności analizowania i stosowania określonych technologii przewozowych w aspekcie charakterystyki przewożonych ładunków. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Treści kształcenia: </w:t>
+        <w:t xml:space="preserve">Contents of education: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Treść wykładu:
 Podstawowe pojęcia z dziedziny transportu – klasyfikacja transportu. Proces produkcyjny w transporcie. Charakterystyka środków pracy w transporcie – środki przewozowe, maszyny i urządzenia ładunkowe. Ładunek jako przedmiot pracy transportu – podatność transportowa ładunków, klasyfikacja ładunków. Struktura procesu transportowego. Infrastruktura transportu i jej wpływ na realizację procesów transportowych. Technologie procesów ładunkowych.  Technologie przewozowe w transporcie samochodowym i kolejowym. Technologie przewozowe w transporcie wodnym śródlądowym i transporcie morskim. Technologie przewozu ładunków w transporcie lotniczym. Technologia przemieszczania ładunków rurociągami. Transport intermodalny – technologie przewozowe w transporcie intermodalnym. Porównanie wybranych technologii transportu intermodalnego. Transport wewnętrzny – proces transportowo magazynowy. Rynek usług przewozowych. Organizacja i technologia wybranych usług spedycyjnych.    
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Metody oceny: </w:t>
+        <w:t xml:space="preserve">Methods of evaluation: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład: ocena podsumowująca - egzamin pisemny zawierający od 6 do 8 pytań otwartych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Egzamin: </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve">Literatura: </w:t>
+        <w:t xml:space="preserve">Exam: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">yes</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Literature: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Podręczniki
 1. Jacyna M. (red.): "System logistyczny Polski. Uwarunkowania techniczno-technologiczne komodalności transportu". Oficyna Wydawnicza Politechniki Warszawskiej, Warszawa 2012. 2. Fijałkowski J.: „Transport wewnętrzny w systemach logistycznych. Wybrane zagadnienia”. Oficyna Wydawnicza Politechniki Warszawskiej, Warszawa 2003.
 3. Jakubowski L.: „Technologia prac ładunkowych". Oficyna Wydawnicza Politechniki Warszawskiej. Warszawa 2009.
 4.	Kwaśniowski S., Nowakowski T., Zając M.: „Transport intermodalny". Oficyna Wydawnicza Politechniki Wrocławskiej. Wrocław 2008.
 5.	Mindur L. (red.): „Technologie transportowe XXI wieku”. Instytut Technologii Eksploatacji, Radom 2008.
 6.	Zalewski P., Siedlecki P., Drewnowski A.: „Technologia transportu kolejowego”. Wydawnictwo Komunikacji i Łączności, Warszawa 2004.
 Literatura uzupełniająca
 1.	Semenov I. (red.): „Zintegrowane łańcuchy transportowe”. Centrum Doradztwa i Informacji Difin sp. z o.o., Warszawa 2008.
 2.	Stokłosa J.: „Transport intermodalny technologia i organizacja". Wydawnictwo Naukowe Wyższej Szkoły Ekonomii i Innowacji, Lublin 2010.
 3.	Wronka J: „Transport kombinowany/intermodalny. Wydawnictwo Naukowe Uniwersytetu Szczecińskiego, Szczecin 2009.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Witryna www przedmiotu: </w:t>
+        <w:t xml:space="preserve">Website of the course: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">brak</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Uwagi: </w:t>
+        <w:t xml:space="preserve">Notes: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">O ile nie powoduje to zmian w zakresie powiązań danego modułu zajęć z kierunkowymi efektami kształcenia w treściach kształcenia mogą być wprowadzane na bieżąco zmiany związane z uwzględnieniem najnowszych osiągnięć naukowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc1"/>
       <w:r>
-        <w:t>Efekty przedmiotowe</w:t>
+        <w:t>Course’s learning outcomes</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc2"/>
       <w:r>
-        <w:t>Profil ogólnoakademicki - wiedza</w:t>
+        <w:t>General academic profile - knowledge</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Efekt W01: </w:t>
+        <w:t xml:space="preserve">Effect W01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawowa wiedzę o technologiach przewozowych w transporcie. Zna wielkości charakteryzujące środki pracy w transporcie oraz ich wykorzystanie w doborze technologii przewozowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Weryfikacja: </w:t>
+        <w:t xml:space="preserve">Verification: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin – 6 pytań otwartych, wymagane jest udzielenie pełnych odpowiedzi na przynajmniej 3 pytania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W08, Tr1A_W09</w:t>
@@ -774,67 +774,67 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">T1A_W03, T1A_W05, InzA_W05, T1A_W04, T1A_W05, T1A_W08, InzA_W03, InzA_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Efekt W02: </w:t>
+        <w:t xml:space="preserve">Effect W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna wielkości charakteryzujące ładunki w procesach przewozowych oraz technologie procesów ładunkowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Weryfikacja: </w:t>
+        <w:t xml:space="preserve">Verification: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin – 6 pytań otwartych, wymagane jest udzielenie pełnych odpowiedzi na przynajmniej 3 pytania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W08</w:t>
@@ -844,67 +844,67 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">T1A_W03, T1A_W05, InzA_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Efekt W03: </w:t>
+        <w:t xml:space="preserve">Effect W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe metody wykorzystywane do porównywania wybranych technologii transportu intermodalnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Weryfikacja: </w:t>
+        <w:t xml:space="preserve">Verification: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin – 6 pytań otwartych, wymagane jest udzielenie pełnych odpowiedzi na przynajmniej 3 pytania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W12</w:t>
@@ -914,147 +914,147 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">T1A_W07, T1A_W08, InzA_W02, InzA_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Efekt W04: </w:t>
+        <w:t xml:space="preserve">Effect W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę w zakresie czynników warunkujacych stosowanie określonych technologii przewozowych w rożnych rodzajach transportu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Weryfikacja: </w:t>
+        <w:t xml:space="preserve">Verification: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin – 6 pytań otwartych, wymagane jest udzielenie pełnych odpowiedzi na przynajmniej 3 pytania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W08, Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">T1A_W03, T1A_W05, InzA_W05, T1A_W04, T1A_W05, T1A_W08, InzA_W03, InzA_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
-        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+        <w:t>General academic profile - skils</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Efekt U01: </w:t>
+        <w:t xml:space="preserve">Effect U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada umiejętności organizowania procesu transportowego z uwzględnieniem rodzaju ładunków. Posiada umiejętności doboru środków pracy do stosowanej technologii transportowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Weryfikacja: </w:t>
+        <w:t xml:space="preserve">Verification: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin – 6 pytań otwartych, wymagane jest udzielenie pełnych odpowiedzi na przynajmniej 3 pytania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U23, Tr1A_U24</w:t>
@@ -1064,147 +1064,147 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">T1A_U16, InzA_U08, T1A_U16, InzA_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Efekt U02: </w:t>
+        <w:t xml:space="preserve">Effect U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokonać wstępnej analizy ekonomicznej podejmowanych działań inżynierskich w zakresie stosowania określonej technologii przewozowej </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Weryfikacja: </w:t>
+        <w:t xml:space="preserve">Verification: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin – 6 pytań otwartych, wymagane jest udzielenie pełnych odpowiedzi na przynajmniej 3 pytania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">T1A_U12, InzA_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
-        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+        <w:t>General academic profile - social competences</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Efekt K01: </w:t>
+        <w:t xml:space="preserve">Effect K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość ważności i rozumie pozatechniczne aspekty i skutki działalności inżynierskiej w obszarze technologii transportowych  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Weryfikacja: </w:t>
+        <w:t xml:space="preserve">Verification: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin – 6 pytań otwartych, wymagane jest udzielenie pełnych odpowiedzi na przynajmniej 3 pytania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_K02</w:t>