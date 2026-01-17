--- v0 (2025-12-25)
+++ v1 (2026-01-17)
@@ -12,783 +12,783 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Nazwa przedmiotu: </w:t>
+        <w:t xml:space="preserve">Name of course: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sterowanie i regulacja maszyn roboczych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Koordynator przedmiotu: </w:t>
+        <w:t xml:space="preserve">Coordinator of course: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Prof. dr hab. inż. Jan Szlagowski</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Status przedmiotu: </w:t>
-[...43 lines deleted...]
-        <w:t xml:space="preserve">Program: </w:t>
+        <w:t xml:space="preserve">Type of course: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Compulsory</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Level of education: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Second cycle studies</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Programme: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Mechatronika</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Grupa przedmiotów: </w:t>
+        <w:t xml:space="preserve">Group of courses: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obowiązkowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Kod przedmiotu: </w:t>
+        <w:t xml:space="preserve">Code of course: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">1150-MT000-000-0537</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Semestr nominalny: </w:t>
+        <w:t xml:space="preserve">Nominal semester: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">2 / rok ak. 2017/2018</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Liczba punktów ECTS: </w:t>
+        <w:t xml:space="preserve">Number of ECTS credits: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Liczba godzin pracy studenta związanych z osiągnięciem efektów uczenia się: </w:t>
+        <w:t xml:space="preserve">Number of hours of student’s work to achieve learning outcomes: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">1) Liczba godzin kontaktowych - 24, w tym:
 a) wykład -10 godz.;
 b) ćwiczenia -10 godz.;
 c) konsultacje - 2 godz.;
 d) egzamin - 2. godz.;
  2) Praca własna studenta -  30 godzin, w tym:
 a)	 5 godz. – bieżące przygotowywanie się studenta do ćwiczeń;
 b)	 5 godz. – studia literaturowe;
 c)	 10 godz. – przygotowywanie się studenta do egzaminu;
 d)	 10 godz. – wykonanie prac domowych.
 3) RAZEM – 54 godz.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Liczba punktów ECTS na zajęciach wymagających bezpośredniego udziału nauczycieli akademickich: </w:t>
+        <w:t xml:space="preserve">Number of ECTS credits on the course with direct participation of academic teacher: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> 1 punkt ECTS – liczba godzin kontaktowych  - 24, w tym:
 a) wykład -10 godz.;
 b) ćwiczenia -10 godz.;
 c) konsultacje - 2 godz.;
 d) egzamin - 2. godz.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Język prowadzenia zajęć: </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve">Liczba punktów ECTS, którą student uzyskuje w ramach zajęć o charakterze praktycznym: </w:t>
+        <w:t xml:space="preserve">Language of course: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">polish</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Number of ECTS credits on practical activities on the course: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">-</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Formy zajęć i ich wymiar w semestrze: </w:t>
+        <w:t xml:space="preserve">Form of didactic studies and number of hours per semester: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2200" w:type="dxa"/>
         <w:gridCol w:w="2200" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="2500" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="0" w:color="FFFFFF"/>
           <w:left w:val="single" w:sz="0" w:color="FFFFFF"/>
           <w:right w:val="single" w:sz="0" w:color="FFFFFF"/>
           <w:bottom w:val="single" w:sz="0" w:color="FFFFFF"/>
           <w:insideH w:val="single" w:sz="0" w:color="FFFFFF"/>
           <w:insideV w:val="single" w:sz="0" w:color="FFFFFF"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="250" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Wykład: </w:t>
+              <w:t xml:space="preserve">Lecture: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">15h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="250" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Ćwiczenia: </w:t>
+              <w:t xml:space="preserve">Exercise type of course: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">15h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="250" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Laboratorium: </w:t>
+              <w:t xml:space="preserve">Laboratory: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">0h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="250" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Projekt: </w:t>
+              <w:t xml:space="preserve">Project type of course: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">0h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="250" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Lekcje komputerowe: </w:t>
+              <w:t xml:space="preserve">Computer lessons: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">0h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Wymagania wstępne: </w:t>
+        <w:t xml:space="preserve">Preliminary requirements: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Podstawowa wiedza z mechaniki ogólnej, podstaw konstrukcji maszyn i mechaniki pojazdów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Limit liczby studentów: </w:t>
+        <w:t xml:space="preserve">Limit of students: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zgodnie z zarządzeniem Rektora PW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Cel przedmiotu: </w:t>
+        <w:t xml:space="preserve">Purpose of course: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zapoznanie z układami sterowania i regulacji maszyn roboczych. Modelowania systemu regulacji. Podstawami budowy i działania elektronicznych układów regulacji. Nabycie przez studentów umiejętności dotyczących projektowania prostych układów sterowania i regulacji opartych na podstawowych elementach elektronicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Treści kształcenia: </w:t>
+        <w:t xml:space="preserve">Contents of education: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład. 
 1. Budowa i funkcje MR pod kątem sterowania i regulacji. 
 2. Elementy wykonawcze, układy i systemy regulacji MR .
 3. Modele dynamiczne elementów, układów,  systemów, maszyny, środowisko
 4. Obiekty sterowane i regulowane – zasada budowy i działania - identyfikacja obiektów. Dobór układów sterowania i regulacji MR
 5. Elementy sterujące i regulujące pracę MR. 
 6. budowa układów sterujących-budowa komputerów pokładowych.
 6. Podstawy programowania komputerów (budowa komputera i struktury danych)
 7. Budowa algorytmów działania regulatora (modele matematyczne obiektów).
 Ćwiczenia:
 •	Budowa i badanie modeli dynamicznych układów, elementów, systemu, maszyna – środowisko.
 •	Budowa modeli i dobór parametrów regulatorów elementów wykonawczych i mechatronicznych MR.
 •	Projektowanie prostych układów sterowania logicznego i analogowego.
 •	Opracowanie programów komputerowych z wykorzystaniem programowania obiektowego i strukturalnego.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Metody oceny: </w:t>
+        <w:t xml:space="preserve">Methods of evaluation: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład – egzamin.
 Ćwiczenia - ocena pracy domowej – Budowy modelu komputerowego elementu maszyny.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Egzamin: </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve">Literatura: </w:t>
+        <w:t xml:space="preserve">Exam: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">yes</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Literature: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">1.	R.H Canon „Dynamika układów fizycznych”.
 2.	Anna Czemplik „modele dynamiczne układów fizycznych dla inżynierów”.
 3.	B. Mrozek,z. Mrozek : „Matlab – uniwersalne środowisko do obliczeń…
 4.	Wirth „ Algorytmy i struktury danych”.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Witryna www przedmiotu: </w:t>
+        <w:t xml:space="preserve">Website of the course: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">-</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Uwagi: </w:t>
+        <w:t xml:space="preserve">Notes: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">-</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc1"/>
       <w:r>
-        <w:t>Efekty przedmiotowe</w:t>
+        <w:t>Course’s learning outcomes</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc2"/>
       <w:r>
-        <w:t>Profil ogólnoakademicki - wiedza</w:t>
+        <w:t>General academic profile - knowledge</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Efekt 1150-MT000-000-0537_W1: </w:t>
+        <w:t xml:space="preserve">Effect 1150-MT000-000-0537_W1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę nt. układów i członów dynamicznych, układów sterowania i regulacji. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Weryfikacja: </w:t>
+        <w:t xml:space="preserve">Verification: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy domowej, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMchtr2_W08, KMchtr2_W11, KMchtr2_W13, KMchtr2_W14</w:t>
@@ -798,147 +798,147 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">T2A_W02, T2A_W05, InzA_W02, T2A_W03, T2A_W04, T2A_W07, T2A_W06, T2A_W07, T2A_W06, InzA_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Efekt 1150-MT000-000-0537_W2: </w:t>
+        <w:t xml:space="preserve">Effect 1150-MT000-000-0537_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę nt. budowy mechatronicznych i elektronicznych układów sterowania i regulacji.. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Weryfikacja: </w:t>
+        <w:t xml:space="preserve">Verification: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy domowej, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMchtr2_W08, KMchtr2_W11, KMchtr2_W13, KMchtr2_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">T2A_W02, T2A_W05, InzA_W02, T2A_W03, T2A_W04, T2A_W07, T2A_W06, T2A_W07, T2A_W06, InzA_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
-        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+        <w:t>General academic profile - skils</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Efekt 1150-MT000-000-0537_U1: </w:t>
+        <w:t xml:space="preserve">Effect 1150-MT000-000-0537_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi budować i weryfikować modle komputerowe podstawowych członów dynamicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Weryfikacja: </w:t>
+        <w:t xml:space="preserve">Verification: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy domowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMchtr2_U06, KMchtr2_U07, KMchtr2_U14</w:t>
@@ -948,67 +948,67 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">T2A_U08, T2A_U10, T2A_U10, T2A_U15, T2A_U16, InzA_U03, InzA_U04, InzA_U05, InzA_U06, InzA_U07, InzA_U08, T2A_U18, T2A_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Efekt 1150-MT000-000-0537_U2: </w:t>
+        <w:t xml:space="preserve">Effect 1150-MT000-000-0537_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi budować modele funkcjonalne układów sterowania elektronicznego. Optymalizować układy sterowania logicznego i pisać proste programy komputerowe. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Weryfikacja: </w:t>
+        <w:t xml:space="preserve">Verification: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy domowej, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMchtr2_U06, KMchtr2_U07, KMchtr2_U14</w:t>